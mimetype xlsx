--- v0 (2025-11-23)
+++ v1 (2025-12-18)
@@ -27,147 +27,161 @@
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp21.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp22.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp23.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp24.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp25.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp26.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp27.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp28.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Shared\Recharge Review\RECHARGE CALL\2025-26\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Recharge Review\RECHARGE CALL\2025-26\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{12196E32-EFFD-4A70-9D13-E44168A9DC97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07EDEEDA-8795-4533-A80C-59B8AA665213}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="57480" yWindow="-45" windowWidth="29040" windowHeight="15840" tabRatio="997" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11620" tabRatio="997" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1. Proposal Details" sheetId="2" r:id="rId1"/>
     <sheet name="2. Plan" sheetId="11" r:id="rId2"/>
     <sheet name="3. Rate Calculation" sheetId="19" r:id="rId3"/>
     <sheet name="4. Volume Projections" sheetId="20" r:id="rId4"/>
     <sheet name="5. Rate List" sheetId="21" r:id="rId5"/>
     <sheet name="6. Depreciation Schedule" sheetId="10" r:id="rId6"/>
     <sheet name="7. Complete Content Checklist" sheetId="24" r:id="rId7"/>
     <sheet name="EULID" sheetId="23" state="hidden" r:id="rId8"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId9"/>
     <externalReference r:id="rId10"/>
   </externalReferences>
   <definedNames>
     <definedName name="_5000C" localSheetId="6">#REF!</definedName>
     <definedName name="_5000C">'2. Plan'!#REF!</definedName>
     <definedName name="_5020C">'2. Plan'!#REF!</definedName>
     <definedName name="_5050C">'2. Plan'!#REF!</definedName>
     <definedName name="Account" localSheetId="6">#REF!</definedName>
     <definedName name="Account">'2. Plan'!#REF!</definedName>
-    <definedName name="ChooseCells" localSheetId="6">'[2]1. Proposal Details'!$D$5:$I$5,'[2]1. Proposal Details'!$M$5:$N$5,'[2]1. Proposal Details'!$W$5,'[2]1. Proposal Details'!$E$8:$J$8,'[2]1. Proposal Details'!$N$8:$O$8, '[2]1. Proposal Details'!$W$8,'[2]1. Proposal Details'!$G$10,'[2]1. Proposal Details'!$E$10:$F$10,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!$M$10:$Q$10,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!$AA$11:$AB$11,'[2]1. Proposal Details'!$B$26:$AG$26,'[2]1. Proposal Details'!$B$31:$Q$34,'[2]1. Proposal Details'!$AF$29,'[2]1. Proposal Details'!$D$40:$G$40,'[2]1. Proposal Details'!$K$40:$M$40,'[2]1. Proposal Details'!$D$42:$G$42,'[2]1. Proposal Details'!$L$42:$M$42,'[2]1. Proposal Details'!$U$40:$X$40,'[2]1. Proposal Details'!$AA$40:$AC$40, '[2]1. Proposal Details'!$U$42:$X$42,'[2]1. Proposal Details'!$AC$42</definedName>
+    <definedName name="ChooseCells" localSheetId="6">'[1]1. Proposal Details'!$D$5:$I$5,'[1]1. Proposal Details'!$M$5:$N$5,'[1]1. Proposal Details'!$W$5,'[1]1. Proposal Details'!$E$8:$J$8,'[1]1. Proposal Details'!$N$8:$O$8, '[1]1. Proposal Details'!$W$8,'[1]1. Proposal Details'!$G$10,'[1]1. Proposal Details'!$E$10:$F$10,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!$M$10:$Q$10,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!$AA$11:$AB$11,'[1]1. Proposal Details'!$B$26:$AG$26,'[1]1. Proposal Details'!$B$31:$Q$34,'[1]1. Proposal Details'!$AF$29,'[1]1. Proposal Details'!$D$40:$G$40,'[1]1. Proposal Details'!$K$40:$M$40,'[1]1. Proposal Details'!$D$42:$G$42,'[1]1. Proposal Details'!$L$42:$M$42,'[1]1. Proposal Details'!$U$40:$X$40,'[1]1. Proposal Details'!$AA$40:$AC$40, '[1]1. Proposal Details'!$U$42:$X$42,'[1]1. Proposal Details'!$AC$42</definedName>
     <definedName name="ChooseCells">'1. Proposal Details'!$D$5:$I$5,'1. Proposal Details'!$M$5:$N$5,'1. Proposal Details'!$W$5,'1. Proposal Details'!$E$8:$J$8,'1. Proposal Details'!$N$8:$O$8, '1. Proposal Details'!$W$8,'1. Proposal Details'!$G$10,'1. Proposal Details'!$E$10:$I$10,'1. Proposal Details'!#REF!,'1. Proposal Details'!$M$10:$Q$10,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!$AA$11:$AB$11,'1. Proposal Details'!$B$27:$AG$27,'1. Proposal Details'!$B$32:$Q$35,'1. Proposal Details'!$AF$30,'1. Proposal Details'!$D$41:$G$41,'1. Proposal Details'!$K$41:$M$41,'1. Proposal Details'!$D$43:$G$43,'1. Proposal Details'!$L$43:$M$43,'1. Proposal Details'!$U$41:$X$41,'1. Proposal Details'!$AA$41:$AC$41, '1. Proposal Details'!$U$43:$X$43,'1. Proposal Details'!$AC$43</definedName>
     <definedName name="chosen" localSheetId="0">'1. Proposal Details'!$D$5:$I$5,'1. Proposal Details'!$M$5:$N$5,'1. Proposal Details'!$W$5,'1. Proposal Details'!$E$8:$J$8,'1. Proposal Details'!$N$8:$O$8, '1. Proposal Details'!$W$8,'1. Proposal Details'!$G$10,'1. Proposal Details'!$E$10:$I$10,'1. Proposal Details'!#REF!,'1. Proposal Details'!$M$10:$Q$10,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!$AA$11:$AB$11,'1. Proposal Details'!$B$27:$AG$27,'1. Proposal Details'!$B$32:$Q$35,'1. Proposal Details'!$AF$30,'1. Proposal Details'!$D$41:$G$41,'1. Proposal Details'!$K$41:$M$41,'1. Proposal Details'!$D$43:$G$43,'1. Proposal Details'!$L$43:$M$43,'1. Proposal Details'!$U$41:$X$41,'1. Proposal Details'!$AA$41:$AC$41, '1. Proposal Details'!$U$43:$X$43,'1. Proposal Details'!$AC$43</definedName>
     <definedName name="FY17BeginningBalance">#REF!</definedName>
     <definedName name="FY18BeginningBalance">#REF!</definedName>
     <definedName name="MyTabs" localSheetId="6">'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!$B$11:$B$11,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!,'7. Complete Content Checklist'!#REF!</definedName>
     <definedName name="MyTabs">'1. Proposal Details'!$D$5:$I$5,'1. Proposal Details'!$M$5:$N$5,'1. Proposal Details'!$W$5,'1. Proposal Details'!$E$8:$J$8,'1. Proposal Details'!$N$8:$O$8, '1. Proposal Details'!$W$8,'1. Proposal Details'!$G$10,'1. Proposal Details'!$E$10:$I$10,'1. Proposal Details'!#REF!,'1. Proposal Details'!$M$10:$Q$10,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!$AA$11:$AB$11,'1. Proposal Details'!$B$27:$AG$27,'1. Proposal Details'!$B$32:$Q$35,'1. Proposal Details'!$AF$30,'1. Proposal Details'!$D$41:$G$41,'1. Proposal Details'!$K$41:$M$41,'1. Proposal Details'!$D$43:$G$43,'1. Proposal Details'!$L$43:$M$43,'1. Proposal Details'!$U$41:$X$41,'1. Proposal Details'!$AA$41:$AC$41, '1. Proposal Details'!$U$43:$X$43,'1. Proposal Details'!$AC$43</definedName>
     <definedName name="PersonnelAcctList" localSheetId="6">#REF!</definedName>
     <definedName name="PersonnelAcctList">'2. Plan'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'2. Plan'!$A$1:$J$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'4. Volume Projections'!$B$1:$E$20</definedName>
     <definedName name="Rent" localSheetId="6">#REF!</definedName>
-    <definedName name="Rent">'[1]DMGPers-Rent'!$R$2</definedName>
-    <definedName name="Start" localSheetId="6">'[2]1. Proposal Details'!$D$5,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!$W$5,'[2]1. Proposal Details'!$E$8,'[2]1. Proposal Details'!$N$8,'[2]1. Proposal Details'!$W$8,'[2]1. Proposal Details'!$G$10,'[2]1. Proposal Details'!$E$10,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!$M$10,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!$AF$12,'[2]1. Proposal Details'!$B$26,'[2]1. Proposal Details'!$B$31,'[2]1. Proposal Details'!$AF$29,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!$K$40,'[2]1. Proposal Details'!#REF!,'[2]1. Proposal Details'!$L$42,'[2]1. Proposal Details'!$U$40,'[2]1. Proposal Details'!$AA$40,'[2]1. Proposal Details'!$U$42,'[2]1. Proposal Details'!$AC$42</definedName>
+    <definedName name="Rent">'[2]DMGPers-Rent'!$R$2</definedName>
+    <definedName name="Start" localSheetId="6">'[1]1. Proposal Details'!$D$5,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!$W$5,'[1]1. Proposal Details'!$E$8,'[1]1. Proposal Details'!$N$8,'[1]1. Proposal Details'!$W$8,'[1]1. Proposal Details'!$G$10,'[1]1. Proposal Details'!$E$10,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!$M$10,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!$AF$12,'[1]1. Proposal Details'!$B$26,'[1]1. Proposal Details'!$B$31,'[1]1. Proposal Details'!$AF$29,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!$K$40,'[1]1. Proposal Details'!#REF!,'[1]1. Proposal Details'!$L$42,'[1]1. Proposal Details'!$U$40,'[1]1. Proposal Details'!$AA$40,'[1]1. Proposal Details'!$U$42,'[1]1. Proposal Details'!$AC$42</definedName>
     <definedName name="Start">'1. Proposal Details'!$D$5,'1. Proposal Details'!#REF!,'1. Proposal Details'!$W$5,'1. Proposal Details'!$E$8,'1. Proposal Details'!$N$8,'1. Proposal Details'!$W$8,'1. Proposal Details'!$G$10,'1. Proposal Details'!$E$10,'1. Proposal Details'!#REF!,'1. Proposal Details'!$M$10,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!#REF!,'1. Proposal Details'!$AF$12,'1. Proposal Details'!$B$27,'1. Proposal Details'!$B$32,'1. Proposal Details'!$AF$30,'1. Proposal Details'!#REF!,'1. Proposal Details'!$K$41,'1. Proposal Details'!#REF!,'1. Proposal Details'!$L$43,'1. Proposal Details'!$U$41,'1. Proposal Details'!$AA$41,'1. Proposal Details'!$U$43,'1. Proposal Details'!$AC$43</definedName>
-    <definedName name="TabList" localSheetId="6">'[2]1. Proposal Details'!$E$5:$K$5,'[2]1. Proposal Details'!$N$5:$S$5,'[2]1. Proposal Details'!$W$5,'[2]1. Proposal Details'!$E$8:$K$8,'[2]1. Proposal Details'!$N$8:$S$8, '[2]1. Proposal Details'!$W$8,'[2]1. Proposal Details'!$G$10:$H$10,'[2]1. Proposal Details'!$E$10,'[2]1. Proposal Details'!$J$10:$K$10,'[2]1. Proposal Details'!$M$10:$N$10,'[2]1. Proposal Details'!$P$10:$R$10,'[2]1. Proposal Details'!$T$10:$U$10,'[2]1. Proposal Details'!$W$10,'[2]1. Proposal Details'!$Z$7,'[2]1. Proposal Details'!$Z$8,'[2]1. Proposal Details'!$Z$9,'[2]1. Proposal Details'!$Z$10,'[2]1. Proposal Details'!$Z$11,'[2]1. Proposal Details'!$Z$12,'[2]1. Proposal Details'!$AC$11:$AE$11,'[2]1. Proposal Details'!$AC$16,'[2]1. Proposal Details'!$C$26:$AD$26,'[2]1. Proposal Details'!$C$31:$R$34,'[2]1. Proposal Details'!$AC$29:$AD$29,'[2]1. Proposal Details'!$D$40:$I$40,'[2]1. Proposal Details'!$L$40:$P$40,'[2]1. Proposal Details'!$D$42:$I$42,'[2]1. Proposal Details'!$N$42:$P$42,'[2]1. Proposal Details'!$V$40:$Y$40,'[2]1. Proposal Details'!$AB$40:$AC$40,'[2]1. Proposal Details'!$V$42:$Y$42,'[2]1. Proposal Details'!$AC$42</definedName>
+    <definedName name="TabList" localSheetId="6">'[1]1. Proposal Details'!$E$5:$K$5,'[1]1. Proposal Details'!$N$5:$S$5,'[1]1. Proposal Details'!$W$5,'[1]1. Proposal Details'!$E$8:$K$8,'[1]1. Proposal Details'!$N$8:$S$8, '[1]1. Proposal Details'!$W$8,'[1]1. Proposal Details'!$G$10:$H$10,'[1]1. Proposal Details'!$E$10,'[1]1. Proposal Details'!$J$10:$K$10,'[1]1. Proposal Details'!$M$10:$N$10,'[1]1. Proposal Details'!$P$10:$R$10,'[1]1. Proposal Details'!$T$10:$U$10,'[1]1. Proposal Details'!$W$10,'[1]1. Proposal Details'!$Z$7,'[1]1. Proposal Details'!$Z$8,'[1]1. Proposal Details'!$Z$9,'[1]1. Proposal Details'!$Z$10,'[1]1. Proposal Details'!$Z$11,'[1]1. Proposal Details'!$Z$12,'[1]1. Proposal Details'!$AC$11:$AE$11,'[1]1. Proposal Details'!$AC$16,'[1]1. Proposal Details'!$C$26:$AD$26,'[1]1. Proposal Details'!$C$31:$R$34,'[1]1. Proposal Details'!$AC$29:$AD$29,'[1]1. Proposal Details'!$D$40:$I$40,'[1]1. Proposal Details'!$L$40:$P$40,'[1]1. Proposal Details'!$D$42:$I$42,'[1]1. Proposal Details'!$N$42:$P$42,'[1]1. Proposal Details'!$V$40:$Y$40,'[1]1. Proposal Details'!$AB$40:$AC$40,'[1]1. Proposal Details'!$V$42:$Y$42,'[1]1. Proposal Details'!$AC$42</definedName>
     <definedName name="TabList">'1. Proposal Details'!$E$5:$K$5,'1. Proposal Details'!$N$5:$S$5,'1. Proposal Details'!$W$5,'1. Proposal Details'!$E$8:$K$8,'1. Proposal Details'!$N$8:$S$8, '1. Proposal Details'!$W$8,'1. Proposal Details'!$G$10:$H$10,'1. Proposal Details'!$E$10,'1. Proposal Details'!$J$10:$K$10,'1. Proposal Details'!$M$10:$N$10,'1. Proposal Details'!$P$10:$R$10,'1. Proposal Details'!$T$10:$U$10,'1. Proposal Details'!$W$10,'1. Proposal Details'!$Z$7,'1. Proposal Details'!$Z$8,'1. Proposal Details'!$Z$9,'1. Proposal Details'!$Z$10,'1. Proposal Details'!$Z$11,'1. Proposal Details'!$Z$12,'1. Proposal Details'!$AC$11:$AE$11,'1. Proposal Details'!$AC$17,'1. Proposal Details'!$C$27:$AD$27,'1. Proposal Details'!$C$32:$R$35,'1. Proposal Details'!$AC$30:$AD$30,'1. Proposal Details'!$D$41:$I$41,'1. Proposal Details'!$L$41:$P$41,'1. Proposal Details'!$D$43:$I$43,'1. Proposal Details'!$N$43:$P$43,'1. Proposal Details'!$V$41:$Y$41,'1. Proposal Details'!$AB$41:$AC$41,'1. Proposal Details'!$V$43:$Y$43,'1. Proposal Details'!$AC$43</definedName>
-    <definedName name="tabsequence" localSheetId="6">'[2]1. Proposal Details'!$E$5:$K$5,'[2]1. Proposal Details'!$N$5:$S$5,'[2]1. Proposal Details'!$W$5,'[2]1. Proposal Details'!$E$8:$K$8,'[2]1. Proposal Details'!$N$8:$S$8, '[2]1. Proposal Details'!$W$8,'[2]1. Proposal Details'!$G$10:$H$10,'[2]1. Proposal Details'!$E$10,'[2]1. Proposal Details'!$J$10:$K$10,'[2]1. Proposal Details'!$M$10:$N$10,'[2]1. Proposal Details'!$P$10:$R$10,'[2]1. Proposal Details'!$T$10:$U$10,'[2]1. Proposal Details'!$W$10,'[2]1. Proposal Details'!$Z$7,'[2]1. Proposal Details'!$Z$8,'[2]1. Proposal Details'!$Z$9,'[2]1. Proposal Details'!$Z$10,'[2]1. Proposal Details'!$Z$11,'[2]1. Proposal Details'!$Z$12,'[2]1. Proposal Details'!$AC$11:$AE$11,'[2]1. Proposal Details'!$AC$16,'[2]1. Proposal Details'!$C$26:$AD$26,'[2]1. Proposal Details'!$C$31:$R$34,'[2]1. Proposal Details'!$AC$29:$AD$29,'[2]1. Proposal Details'!$D$40:$I$40,'[2]1. Proposal Details'!$L$40:$P$40,'[2]1. Proposal Details'!$D$42:$I$42,'[2]1. Proposal Details'!$N$42:$P$42,'[2]1. Proposal Details'!$V$40:$Y$40,'[2]1. Proposal Details'!$AB$40:$AC$40,'[2]1. Proposal Details'!$V$42:$Y$42,'[2]1. Proposal Details'!$AC$42</definedName>
+    <definedName name="tabsequence" localSheetId="6">'[1]1. Proposal Details'!$E$5:$K$5,'[1]1. Proposal Details'!$N$5:$S$5,'[1]1. Proposal Details'!$W$5,'[1]1. Proposal Details'!$E$8:$K$8,'[1]1. Proposal Details'!$N$8:$S$8, '[1]1. Proposal Details'!$W$8,'[1]1. Proposal Details'!$G$10:$H$10,'[1]1. Proposal Details'!$E$10,'[1]1. Proposal Details'!$J$10:$K$10,'[1]1. Proposal Details'!$M$10:$N$10,'[1]1. Proposal Details'!$P$10:$R$10,'[1]1. Proposal Details'!$T$10:$U$10,'[1]1. Proposal Details'!$W$10,'[1]1. Proposal Details'!$Z$7,'[1]1. Proposal Details'!$Z$8,'[1]1. Proposal Details'!$Z$9,'[1]1. Proposal Details'!$Z$10,'[1]1. Proposal Details'!$Z$11,'[1]1. Proposal Details'!$Z$12,'[1]1. Proposal Details'!$AC$11:$AE$11,'[1]1. Proposal Details'!$AC$16,'[1]1. Proposal Details'!$C$26:$AD$26,'[1]1. Proposal Details'!$C$31:$R$34,'[1]1. Proposal Details'!$AC$29:$AD$29,'[1]1. Proposal Details'!$D$40:$I$40,'[1]1. Proposal Details'!$L$40:$P$40,'[1]1. Proposal Details'!$D$42:$I$42,'[1]1. Proposal Details'!$N$42:$P$42,'[1]1. Proposal Details'!$V$40:$Y$40,'[1]1. Proposal Details'!$AB$40:$AC$40,'[1]1. Proposal Details'!$V$42:$Y$42,'[1]1. Proposal Details'!$AC$42</definedName>
     <definedName name="tabsequence">'1. Proposal Details'!$E$5:$K$5,'1. Proposal Details'!$N$5:$S$5,'1. Proposal Details'!$W$5,'1. Proposal Details'!$E$8:$K$8,'1. Proposal Details'!$N$8:$S$8, '1. Proposal Details'!$W$8,'1. Proposal Details'!$G$10:$H$10,'1. Proposal Details'!$E$10,'1. Proposal Details'!$J$10:$K$10,'1. Proposal Details'!$M$10:$N$10,'1. Proposal Details'!$P$10:$R$10,'1. Proposal Details'!$T$10:$U$10,'1. Proposal Details'!$W$10,'1. Proposal Details'!$Z$7,'1. Proposal Details'!$Z$8,'1. Proposal Details'!$Z$9,'1. Proposal Details'!$Z$10,'1. Proposal Details'!$Z$11,'1. Proposal Details'!$Z$12,'1. Proposal Details'!$AC$11:$AE$11,'1. Proposal Details'!$AC$17,'1. Proposal Details'!$C$27:$AD$27,'1. Proposal Details'!$C$32:$R$35,'1. Proposal Details'!$AC$30:$AD$30,'1. Proposal Details'!$D$41:$I$41,'1. Proposal Details'!$L$41:$P$41,'1. Proposal Details'!$D$43:$I$43,'1. Proposal Details'!$N$43:$P$43,'1. Proposal Details'!$V$41:$Y$41,'1. Proposal Details'!$AB$41:$AC$41,'1. Proposal Details'!$V$43:$Y$43,'1. Proposal Details'!$AC$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E5" i="21" l="1"/>
+  <c r="E15" i="21" l="1"/>
   <c r="E6" i="21"/>
   <c r="E7" i="21"/>
   <c r="E8" i="21"/>
   <c r="E9" i="21"/>
   <c r="E10" i="21"/>
   <c r="E11" i="21"/>
   <c r="E12" i="21"/>
   <c r="E13" i="21"/>
   <c r="E14" i="21"/>
-  <c r="E15" i="21"/>
+  <c r="E5" i="21"/>
   <c r="E4" i="21"/>
+  <c r="J15" i="21"/>
+  <c r="J14" i="21"/>
+  <c r="J13" i="21"/>
+  <c r="J12" i="21"/>
+  <c r="J11" i="21"/>
+  <c r="J10" i="21"/>
+  <c r="J9" i="21"/>
+  <c r="J8" i="21"/>
+  <c r="J7" i="21"/>
+  <c r="J6" i="21"/>
+  <c r="J5" i="21"/>
+  <c r="J4" i="21"/>
   <c r="E4" i="11"/>
   <c r="D4" i="11"/>
   <c r="B17" i="10"/>
   <c r="C17" i="10"/>
   <c r="D17" i="10"/>
   <c r="B18" i="10"/>
   <c r="C18" i="10"/>
   <c r="D18" i="10"/>
   <c r="B19" i="10"/>
   <c r="C19" i="10"/>
   <c r="D19" i="10"/>
   <c r="B20" i="10"/>
   <c r="C20" i="10"/>
   <c r="D20" i="10"/>
   <c r="B21" i="10"/>
   <c r="C21" i="10"/>
   <c r="D21" i="10"/>
   <c r="B22" i="10"/>
   <c r="C22" i="10"/>
   <c r="D22" i="10"/>
   <c r="B23" i="10"/>
   <c r="C23" i="10"/>
   <c r="D23" i="10"/>
   <c r="B24" i="10"/>
   <c r="C24" i="10"/>
@@ -430,51 +444,51 @@
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>Refer to the Composite Benefits Rate (CBRs) website for CBR Uplan &amp; PLUS planning rates. Rates by Title Code can be found in the Resources section of the website: https://brm.ucsf.edu/cbr</t>
         </r>
         <r>
           <rPr>
             <sz val="12"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2280" uniqueCount="2246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2299" uniqueCount="2248">
   <si>
     <t>Anticipated Federal Participation</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Signature</t>
   </si>
   <si>
     <t>Print</t>
   </si>
   <si>
     <t>Department Administrative Officer/MSO</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Control Point for Dean/Vice Chancellor</t>
   </si>
   <si>
@@ -7336,68 +7350,114 @@
   <si>
     <t>Recharge service(s) are fully identified and described.</t>
   </si>
   <si>
     <t>Detailed mathematical steps for rate calculations are provided.</t>
   </si>
   <si>
     <t>Rate list including all internal and external rates is provided.</t>
   </si>
   <si>
     <t>Unallowable expenditures per Uniform Guidance are not included (i.e., equipment purchases greater than $5,000, mail stop, phone lines, ID badges, entertainment, gifts, memberships, furniture, STIP expense, advertising expense, any expense that was already paid by the federal government, etc.).</t>
   </si>
   <si>
     <t>The proposed 2026-27 plan breaks even.</t>
   </si>
   <si>
     <t>If equipment depreciation expense is planned, all equipment items are identified on the depreciation schedule form with 12-digit UC property ID numbers and 9-digit Tag numbers.</t>
   </si>
   <si>
     <t>If Working Capital is planned, it is not more than 16.6% of planned expense.</t>
   </si>
   <si>
     <t>If a subsidy is planned, the application, amount and Dept ID-Fund-Project are provided.</t>
   </si>
   <si>
-    <t>If external revenue is planned:
-     o      An external rate including, at minimum, 39.5% Facilities and Administration (F&amp;A) rate has been calculated.
+    <t>If the planned expenses are at least $500,000: the user committee has been identified, a member list has been provided, and a statement that the user committee has endorsed approval of the rates is included. Such statements must be substantiated by department records.</t>
+  </si>
+  <si>
+    <t>The proposal, with all supplements, is being submitted electronically in Excel file format.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> A Dept ID has been provided. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Detailed volume forecast is provided for each service. </t>
+  </si>
+  <si>
+    <t>CONTENT CHECKLIST FOR NEW PROPOSALS</t>
+  </si>
+  <si>
+    <t>2027-28 NEW RECHARGE PROPOSAL</t>
+  </si>
+  <si>
+    <t>* Includes 33% Facilities and Administration Rate</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">If external revenue is planned:
+     o      An external rate, including the Facilities and Administration rate of </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>33% for 2026-27</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">, and </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>39.5% for 2027-28</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, at a minimum, has been calculated.
      o      Facilities and Administration rate is not included in the plan.</t>
-  </si>
-[...13 lines deleted...]
-    <t>CONTENT CHECKLIST FOR NEW PROPOSALS</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="12">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="m/d/yy;@"/>
     <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="168" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="169" formatCode="mm/yy"/>
     <numFmt numFmtId="170" formatCode="&quot;$&quot;0.00;\-&quot;$&quot;0.00;;@"/>
     <numFmt numFmtId="171" formatCode="0.0%"/>
   </numFmts>
   <fonts count="40" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Helv"/>
     </font>
@@ -10703,677 +10763,677 @@
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="5" borderId="154" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="157" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="3" fillId="5" borderId="157" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="5" borderId="154" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="159" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="170" fontId="3" fillId="0" borderId="160" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="146" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="144" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="170" fontId="3" fillId="0" borderId="161" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="3"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="5" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="71" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="82" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="75" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="73" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="7" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="136" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="5" borderId="136" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="167" fontId="7" fillId="5" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="5" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="5" borderId="150" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="136" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="93" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="82" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="116" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="29" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="137" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...97 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="134" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="139" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection hidden="1"/>
-[...179 lines deleted...]
-      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="140" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...40 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="151" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="145" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="148" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="151" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="145" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="148" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...13 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Comma" xfId="5" builtinId="3"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 3" xfId="7" xr:uid="{28D8BD5B-CA6C-4250-96F6-A9B73B70E635}"/>
     <cellStyle name="Percent" xfId="6" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="16">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
@@ -11634,50 +11694,58 @@
 <file path=xl/ctrlProps/ctrlProp20.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp21.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp22.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp23.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp24.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp25.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp26.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp27.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp28.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
@@ -12427,128 +12495,128 @@
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>2</xdr:row>
-          <xdr:rowOff>425450</xdr:rowOff>
+          <xdr:rowOff>431800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26625" name="Check Box 1" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26625"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8004B386-4FE2-4504-9A03-F9619F3A819E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000001680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>2</xdr:row>
-          <xdr:rowOff>781049</xdr:rowOff>
+          <xdr:rowOff>781050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>4</xdr:row>
-          <xdr:rowOff>66674</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26626" name="Check Box 2" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26626"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA9C83BC-4AFE-4E49-B6D7-8700A3739224}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -12559,63 +12627,63 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>387350</xdr:colOff>
+          <xdr:colOff>393700</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26627" name="Check Box 3" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26627"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67DCA08F-87C7-420C-8F60-3E47B06E42F3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000003680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -12628,61 +12696,61 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>7</xdr:row>
-          <xdr:rowOff>25400</xdr:rowOff>
+          <xdr:rowOff>31750</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26628" name="Check Box 4" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26628"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86A1D8BC-4909-4FA4-93C5-151B435325E3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000004680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -12695,61 +12763,61 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>8</xdr:row>
-          <xdr:rowOff>6350</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26629" name="Check Box 5" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26629"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{746FC08B-9A29-4970-B2D7-B41D61F9E088}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000005680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -12772,51 +12840,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>419100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26630" name="Check Box 6" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26630"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10E535F8-2DA6-4068-B42C-910818B3A9ED}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000006680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -12839,51 +12907,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26631" name="Check Box 7" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26631"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02724801-5599-48B5-89F7-3E6479B50CA9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000007680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -12896,61 +12964,61 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>428625</xdr:rowOff>
+          <xdr:rowOff>425450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26632" name="Check Box 8" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26632"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9524B55-45C0-46F9-A677-A15985EBEA9E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000008680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -12963,61 +13031,61 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>11</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>6350</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26635" name="Check Box 11" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26635"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B9C5C8B-E5E2-4C55-988C-CC0E17A8D9E1}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-00000B680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -13030,61 +13098,61 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>13</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26636" name="Check Box 12" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26636"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60BA1504-71C2-4F39-BE68-ECA812573972}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-00000C680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -13097,128 +13165,128 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>13</xdr:row>
-          <xdr:rowOff>330200</xdr:rowOff>
+          <xdr:rowOff>336550</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26637" name="Check Box 13" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26637"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C286171D-FEF3-44C2-85AC-2696DF16E74B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-00000D680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>85725</xdr:colOff>
+          <xdr:colOff>88900</xdr:colOff>
           <xdr:row>14</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>368300</xdr:colOff>
+          <xdr:colOff>374650</xdr:colOff>
           <xdr:row>14</xdr:row>
-          <xdr:rowOff>295275</xdr:rowOff>
+          <xdr:rowOff>298450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26638" name="Check Box 14" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26638"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B43E153-7FD3-495E-B402-C63E6DF2748C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-00000E680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -13231,61 +13299,61 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>15</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>342900</xdr:colOff>
           <xdr:row>15</xdr:row>
-          <xdr:rowOff>390525</xdr:rowOff>
+          <xdr:rowOff>393700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26639" name="Check Box 15" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26639"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B395AF1F-7853-440A-841C-094CE6D53795}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-00000F680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -13298,61 +13366,61 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>400050</xdr:colOff>
           <xdr:row>8</xdr:row>
-          <xdr:rowOff>6350</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26643" name="Check Box 19" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26643"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5462CF2-2FE9-4A92-962B-68E0AA31C1FF}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000013680000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -13375,106 +13443,287 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>3</xdr:row>
           <xdr:rowOff>349250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>381000</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>63500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="26645" name="Check Box 21" descr="Checkbox to mark content described in this cell as complete." hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s26645"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C334B7D-9E24-71B8-CF7F-4B6B3EC6366E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000015680000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>1</xdr:col>
+          <xdr:colOff>76200</xdr:colOff>
+          <xdr:row>12</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>1</xdr:col>
+          <xdr:colOff>381000</xdr:colOff>
+          <xdr:row>13</xdr:row>
+          <xdr:rowOff>6350</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="26646" name="Check Box 22" descr="Checkbox to mark content described in this cell as complete." hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s26646"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC132917-82B7-479D-883D-3940941ADCB4}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>1</xdr:col>
+          <xdr:colOff>76200</xdr:colOff>
+          <xdr:row>13</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>1</xdr:col>
+          <xdr:colOff>381000</xdr:colOff>
+          <xdr:row>13</xdr:row>
+          <xdr:rowOff>336550</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="26647" name="Check Box 23" descr="Checkbox to mark content described in this cell as complete." hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s26647"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08215032-AF88-4176-B5AB-D9EC0D9A2204}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///S:\Recharge%20Review\RECHARGE%20CALL\2025-26\2026-27%20RENEWAL%20Proposal.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="2026-27%20RENEWAL%20Proposal.xlsm" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\FU-HSINGB\DEB%20Finance\2012-2013\Recharge_Proposals\Network_DMG\66498%202014-15%20Network-DMG%20Recharge%20Proposal%20Forms_gl.xlsx" TargetMode="External"/></Relationships>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///Z:\Shared\Recharge%20Review\RECHARGE%20CALL\2025-26\2026-27%20RENEWAL%20Proposal.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="2026-27%20RENEWAL%20Proposal.xlsm" TargetMode="External"/></Relationships>
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="1. Proposal Details"/>
+      <sheetName val="2. Plan Macro Instructions"/>
+      <sheetName val="3. Plan"/>
+      <sheetName val="4. Reconciliation"/>
+      <sheetName val="5. Rate Calculation"/>
+      <sheetName val="6. Volume Projections"/>
+      <sheetName val="7. Rate List"/>
+      <sheetName val="8. Depreciation Schedule"/>
+      <sheetName val="9. Complete Content Checklist"/>
+      <sheetName val="2025-26 Forecast"/>
+      <sheetName val="EULID"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="5">
+          <cell r="M5" t="str">
+            <v>Manager:</v>
+          </cell>
+        </row>
+        <row r="11">
+          <cell r="AA11" t="str">
+            <v xml:space="preserve">   Other (describe):</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
-<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Cover Sheet"/>
       <sheetName val="Proposal Page 1"/>
       <sheetName val="Proposal Page 2"/>
       <sheetName val="Budget-Combined"/>
       <sheetName val="BUDGET PAGE (DSS)"/>
       <sheetName val="DSS-RateCalc_434925"/>
       <sheetName val="DMGPers-Rent"/>
       <sheetName val="BUDGET PAGE (Network)"/>
       <sheetName val="Rate List (PAGE 5) "/>
       <sheetName val="DEPRECIATION SCHEDULE (PAGE 6"/>
       <sheetName val="Checklist-RENEWAL (PAGE 8"/>
       <sheetName val="DMG Depreciation"/>
       <sheetName val="DSS-RateCalc_434925 (2)"/>
       <sheetName val="DSSPers-Rent"/>
       <sheetName val="Net-RateCalc_434947"/>
       <sheetName val="NetPers-Rent"/>
       <sheetName val="Network Depreciation"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="2">
           <cell r="R2">
@@ -13482,97 +13731,50 @@
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6" refreshError="1">
         <row r="2">
           <cell r="R2">
             <v>14.66</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13"/>
       <sheetData sheetId="14"/>
       <sheetData sheetId="15"/>
       <sheetData sheetId="16"/>
-    </sheetDataSet>
-[...45 lines deleted...]
-      <sheetData sheetId="10"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -13820,158 +14022,158 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brm.ucsf.edu/recharge-review-job-aids" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr transitionEvaluation="1" codeName="Sheet3"/>
   <dimension ref="A1:AQ52"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="55" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A12" zoomScaleNormal="100" zoomScaleSheetLayoutView="55" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.53515625" defaultRowHeight="18.5" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="4.53515625" style="26" customWidth="1"/>
     <col min="2" max="2" width="6.53515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="7.3046875" style="2" customWidth="1"/>
     <col min="4" max="4" width="4.07421875" style="1" customWidth="1"/>
     <col min="5" max="6" width="5.07421875" style="1" customWidth="1"/>
     <col min="7" max="7" width="3.07421875" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.765625" style="1" customWidth="1"/>
     <col min="9" max="9" width="3.4609375" style="1" customWidth="1"/>
     <col min="10" max="11" width="4.07421875" style="1" customWidth="1"/>
     <col min="12" max="12" width="3.53515625" style="1" customWidth="1"/>
     <col min="13" max="13" width="10.07421875" style="1" customWidth="1"/>
     <col min="14" max="14" width="3.07421875" style="1" customWidth="1"/>
     <col min="15" max="16" width="4.53515625" style="1" customWidth="1"/>
     <col min="17" max="17" width="4.07421875" style="1" customWidth="1"/>
     <col min="18" max="18" width="3.07421875" style="1" customWidth="1"/>
     <col min="19" max="19" width="2.765625" style="1" customWidth="1"/>
     <col min="20" max="20" width="5.07421875" style="1" customWidth="1"/>
     <col min="21" max="21" width="5.84375" style="1" customWidth="1"/>
     <col min="22" max="22" width="4.53515625" style="1" customWidth="1"/>
     <col min="23" max="23" width="11.53515625" style="1" customWidth="1"/>
     <col min="24" max="24" width="3.53515625" style="1" customWidth="1"/>
     <col min="25" max="25" width="1.4609375" style="1" customWidth="1"/>
     <col min="26" max="26" width="4.3046875" style="1" customWidth="1"/>
     <col min="27" max="27" width="4.4609375" style="1" customWidth="1"/>
     <col min="28" max="28" width="12.07421875" style="1" customWidth="1"/>
     <col min="29" max="29" width="10.53515625" style="1" customWidth="1"/>
     <col min="30" max="30" width="4.53515625" style="1" customWidth="1"/>
     <col min="31" max="31" width="2.3046875" style="1" customWidth="1"/>
     <col min="32" max="32" width="6.07421875" style="1" customWidth="1"/>
     <col min="33" max="33" width="5" style="41" customWidth="1"/>
     <col min="34" max="43" width="12.53515625" style="26"/>
     <col min="44" max="16384" width="12.53515625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:43" s="26" customFormat="1" ht="22.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.65">
-      <c r="B1" s="429" t="s">
+      <c r="B1" s="414" t="s">
         <v>2224</v>
       </c>
-      <c r="C1" s="430"/>
-[...28 lines deleted...]
-      <c r="AF1" s="433"/>
+      <c r="C1" s="415"/>
+      <c r="D1" s="416"/>
+      <c r="E1" s="416"/>
+      <c r="F1" s="417"/>
+      <c r="G1" s="416"/>
+      <c r="H1" s="416"/>
+      <c r="I1" s="416"/>
+      <c r="J1" s="416"/>
+      <c r="K1" s="416"/>
+      <c r="L1" s="416"/>
+      <c r="M1" s="416"/>
+      <c r="N1" s="416"/>
+      <c r="O1" s="416"/>
+      <c r="P1" s="415"/>
+      <c r="Q1" s="416"/>
+      <c r="R1" s="416"/>
+      <c r="S1" s="416"/>
+      <c r="T1" s="416"/>
+      <c r="U1" s="416"/>
+      <c r="V1" s="416"/>
+      <c r="W1" s="416"/>
+      <c r="X1" s="416"/>
+      <c r="Y1" s="417"/>
+      <c r="Z1" s="416"/>
+      <c r="AA1" s="416"/>
+      <c r="AB1" s="416"/>
+      <c r="AC1" s="416"/>
+      <c r="AD1" s="416"/>
+      <c r="AE1" s="417"/>
+      <c r="AF1" s="418"/>
       <c r="AG1" s="27"/>
     </row>
     <row r="2" spans="1:43" s="28" customFormat="1" ht="19" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="448" t="s">
+      <c r="B2" s="434" t="s">
         <v>19</v>
       </c>
-      <c r="C2" s="406"/>
-[...20 lines deleted...]
-      <c r="X2" s="449"/>
+      <c r="C2" s="435"/>
+      <c r="D2" s="436"/>
+      <c r="E2" s="436"/>
+      <c r="F2" s="436"/>
+      <c r="G2" s="436"/>
+      <c r="H2" s="436"/>
+      <c r="I2" s="436"/>
+      <c r="J2" s="436"/>
+      <c r="K2" s="436"/>
+      <c r="L2" s="436"/>
+      <c r="M2" s="436"/>
+      <c r="N2" s="436"/>
+      <c r="O2" s="436"/>
+      <c r="P2" s="435"/>
+      <c r="Q2" s="436"/>
+      <c r="R2" s="436"/>
+      <c r="S2" s="436"/>
+      <c r="T2" s="436"/>
+      <c r="U2" s="436"/>
+      <c r="V2" s="436"/>
+      <c r="W2" s="436"/>
+      <c r="X2" s="437"/>
       <c r="Y2" s="29" t="s">
         <v>129</v>
       </c>
       <c r="Z2" s="30"/>
       <c r="AA2" s="31"/>
       <c r="AB2" s="31"/>
       <c r="AC2" s="31"/>
       <c r="AD2" s="31"/>
       <c r="AE2" s="29"/>
       <c r="AF2" s="32"/>
     </row>
     <row r="3" spans="1:43" s="28" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="33"/>
       <c r="B3" s="34"/>
       <c r="C3" s="35"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="36"/>
       <c r="G3" s="36"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
       <c r="J3" s="36"/>
       <c r="K3" s="36"/>
       <c r="L3" s="36"/>
       <c r="M3" s="36"/>
@@ -14022,67 +14224,67 @@
       <c r="T4" s="43" t="s">
         <v>142</v>
       </c>
       <c r="U4" s="41"/>
       <c r="V4" s="41"/>
       <c r="W4" s="41"/>
       <c r="X4" s="44"/>
       <c r="Y4" s="45"/>
       <c r="Z4" s="45" t="s">
         <v>130</v>
       </c>
       <c r="AA4" s="45"/>
       <c r="AB4" s="45"/>
       <c r="AC4" s="45"/>
       <c r="AD4" s="45"/>
       <c r="AE4" s="45"/>
       <c r="AF4" s="46"/>
     </row>
     <row r="5" spans="1:43" ht="21.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A5" s="42"/>
       <c r="B5" s="41" t="s">
         <v>136</v>
       </c>
       <c r="C5" s="26"/>
       <c r="D5" s="47"/>
-      <c r="E5" s="363"/>
-[...5 lines deleted...]
-      <c r="K5" s="363"/>
+      <c r="E5" s="439"/>
+      <c r="F5" s="439"/>
+      <c r="G5" s="439"/>
+      <c r="H5" s="439"/>
+      <c r="I5" s="439"/>
+      <c r="J5" s="439"/>
+      <c r="K5" s="439"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41" t="s">
         <v>108</v>
       </c>
-      <c r="N5" s="363"/>
-[...4 lines deleted...]
-      <c r="S5" s="363"/>
+      <c r="N5" s="439"/>
+      <c r="O5" s="439"/>
+      <c r="P5" s="439"/>
+      <c r="Q5" s="439"/>
+      <c r="R5" s="439"/>
+      <c r="S5" s="439"/>
       <c r="T5" s="43" t="s">
         <v>141</v>
       </c>
       <c r="U5" s="41"/>
       <c r="V5" s="41"/>
       <c r="W5" s="24"/>
       <c r="X5" s="48"/>
       <c r="Y5" s="41"/>
       <c r="Z5" s="45"/>
       <c r="AA5" s="45" t="s">
         <v>131</v>
       </c>
       <c r="AB5" s="26"/>
       <c r="AC5" s="26"/>
       <c r="AD5" s="26"/>
       <c r="AE5" s="26"/>
       <c r="AF5" s="46"/>
       <c r="AG5" s="26"/>
     </row>
     <row r="6" spans="1:43" ht="9.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A6" s="46"/>
       <c r="B6" s="49"/>
       <c r="C6" s="26"/>
       <c r="D6" s="41"/>
       <c r="E6" s="50"/>
@@ -14143,67 +14345,67 @@
         <v>143</v>
       </c>
       <c r="U7" s="41"/>
       <c r="V7" s="41"/>
       <c r="W7" s="41"/>
       <c r="X7" s="48"/>
       <c r="Y7" s="41"/>
       <c r="Z7" s="18"/>
       <c r="AA7" s="53" t="s">
         <v>112</v>
       </c>
       <c r="AB7" s="26"/>
       <c r="AC7" s="26"/>
       <c r="AD7" s="26"/>
       <c r="AE7" s="26"/>
       <c r="AF7" s="46"/>
       <c r="AG7" s="26"/>
     </row>
     <row r="8" spans="1:43" ht="21.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="42"/>
       <c r="B8" s="41" t="s">
         <v>138</v>
       </c>
       <c r="C8" s="50"/>
       <c r="D8" s="41"/>
-      <c r="E8" s="450"/>
-[...5 lines deleted...]
-      <c r="K8" s="450"/>
+      <c r="E8" s="438"/>
+      <c r="F8" s="438"/>
+      <c r="G8" s="438"/>
+      <c r="H8" s="438"/>
+      <c r="I8" s="438"/>
+      <c r="J8" s="438"/>
+      <c r="K8" s="438"/>
       <c r="L8" s="43"/>
       <c r="M8" s="50" t="s">
         <v>22</v>
       </c>
-      <c r="N8" s="363"/>
-[...4 lines deleted...]
-      <c r="S8" s="363"/>
+      <c r="N8" s="439"/>
+      <c r="O8" s="439"/>
+      <c r="P8" s="439"/>
+      <c r="Q8" s="439"/>
+      <c r="R8" s="439"/>
+      <c r="S8" s="439"/>
       <c r="T8" s="43" t="s">
         <v>144</v>
       </c>
       <c r="U8" s="41"/>
       <c r="V8" s="41"/>
       <c r="W8" s="24"/>
       <c r="X8" s="48"/>
       <c r="Y8" s="41"/>
       <c r="Z8" s="18"/>
       <c r="AA8" s="43" t="s">
         <v>111</v>
       </c>
       <c r="AB8" s="26"/>
       <c r="AC8" s="26"/>
       <c r="AD8" s="26"/>
       <c r="AE8" s="26"/>
       <c r="AF8" s="46"/>
       <c r="AG8" s="26"/>
     </row>
     <row r="9" spans="1:43" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="42"/>
       <c r="B9" s="26"/>
       <c r="C9" s="26"/>
       <c r="D9" s="41"/>
       <c r="E9" s="52"/>
@@ -14224,128 +14426,128 @@
       <c r="T9" s="50"/>
       <c r="U9" s="50"/>
       <c r="V9" s="50"/>
       <c r="W9" s="50"/>
       <c r="X9" s="54"/>
       <c r="Y9" s="50"/>
       <c r="Z9" s="19"/>
       <c r="AA9" s="41" t="s">
         <v>110</v>
       </c>
       <c r="AB9" s="26"/>
       <c r="AC9" s="26"/>
       <c r="AD9" s="26"/>
       <c r="AE9" s="26"/>
       <c r="AF9" s="48"/>
     </row>
     <row r="10" spans="1:43" ht="20.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="42"/>
       <c r="B10" s="43" t="s">
         <v>139</v>
       </c>
       <c r="C10" s="26"/>
       <c r="D10" s="41"/>
       <c r="E10" s="270"/>
       <c r="F10" s="41"/>
-      <c r="G10" s="360"/>
-      <c r="H10" s="360"/>
+      <c r="G10" s="468"/>
+      <c r="H10" s="468"/>
       <c r="I10" s="55"/>
-      <c r="J10" s="394"/>
-      <c r="K10" s="394"/>
+      <c r="J10" s="487"/>
+      <c r="K10" s="487"/>
       <c r="L10" s="52"/>
-      <c r="M10" s="360"/>
-      <c r="N10" s="360"/>
+      <c r="M10" s="468"/>
+      <c r="N10" s="468"/>
       <c r="O10" s="41"/>
-      <c r="P10" s="368"/>
-[...1 lines deleted...]
-      <c r="R10" s="368"/>
+      <c r="P10" s="472"/>
+      <c r="Q10" s="472"/>
+      <c r="R10" s="472"/>
       <c r="S10" s="56"/>
       <c r="T10" s="362"/>
       <c r="U10" s="362"/>
       <c r="V10" s="57"/>
       <c r="W10" s="25"/>
       <c r="X10" s="48"/>
       <c r="Y10" s="41"/>
       <c r="Z10" s="18"/>
       <c r="AA10" s="43" t="s">
         <v>160</v>
       </c>
       <c r="AB10" s="26"/>
       <c r="AC10" s="26"/>
       <c r="AD10" s="26"/>
       <c r="AE10" s="26"/>
       <c r="AF10" s="46"/>
       <c r="AG10" s="26"/>
     </row>
     <row r="11" spans="1:43" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="58"/>
       <c r="B11" s="59"/>
       <c r="C11" s="60"/>
       <c r="D11" s="58"/>
       <c r="E11" s="61" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="58"/>
-      <c r="G11" s="361" t="s">
+      <c r="G11" s="383" t="s">
         <v>15</v>
       </c>
-      <c r="H11" s="361"/>
+      <c r="H11" s="383"/>
       <c r="I11" s="61"/>
-      <c r="J11" s="395" t="s">
+      <c r="J11" s="419" t="s">
         <v>16</v>
       </c>
-      <c r="K11" s="395"/>
+      <c r="K11" s="419"/>
       <c r="L11" s="61"/>
-      <c r="M11" s="395" t="s">
+      <c r="M11" s="419" t="s">
         <v>12</v>
       </c>
-      <c r="N11" s="395"/>
+      <c r="N11" s="419"/>
       <c r="O11" s="58"/>
-      <c r="P11" s="367" t="s">
+      <c r="P11" s="379" t="s">
         <v>17</v>
       </c>
-      <c r="Q11" s="367"/>
-      <c r="R11" s="367"/>
+      <c r="Q11" s="379"/>
+      <c r="R11" s="379"/>
       <c r="S11" s="61"/>
-      <c r="T11" s="395" t="s">
+      <c r="T11" s="419" t="s">
         <v>17</v>
       </c>
-      <c r="U11" s="395"/>
+      <c r="U11" s="419"/>
       <c r="V11" s="61"/>
       <c r="W11" s="62" t="s">
         <v>17</v>
       </c>
       <c r="X11" s="63"/>
       <c r="Y11" s="61"/>
       <c r="Z11" s="20"/>
       <c r="AA11" s="43" t="s">
         <v>18</v>
       </c>
       <c r="AB11" s="28"/>
-      <c r="AC11" s="471"/>
-[...1 lines deleted...]
-      <c r="AE11" s="471"/>
+      <c r="AC11" s="370"/>
+      <c r="AD11" s="370"/>
+      <c r="AE11" s="370"/>
       <c r="AF11" s="64"/>
       <c r="AG11" s="58"/>
       <c r="AH11" s="58"/>
       <c r="AI11" s="58"/>
       <c r="AJ11" s="58"/>
       <c r="AK11" s="58"/>
       <c r="AL11" s="58"/>
       <c r="AM11" s="58"/>
       <c r="AN11" s="58"/>
       <c r="AO11" s="58"/>
       <c r="AP11" s="58"/>
       <c r="AQ11" s="58"/>
     </row>
     <row r="12" spans="1:43" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="58"/>
       <c r="B12" s="65" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="66"/>
       <c r="D12" s="52"/>
       <c r="E12" s="61"/>
       <c r="F12" s="61"/>
       <c r="G12" s="61"/>
       <c r="H12" s="61"/>
       <c r="I12" s="61"/>
@@ -14402,461 +14604,461 @@
       <c r="U13" s="68"/>
       <c r="V13" s="68"/>
       <c r="W13" s="68"/>
       <c r="X13" s="70"/>
       <c r="Y13" s="61"/>
       <c r="Z13" s="61"/>
       <c r="AA13" s="60"/>
       <c r="AB13" s="61"/>
       <c r="AC13" s="317"/>
       <c r="AD13" s="317"/>
       <c r="AE13" s="69"/>
       <c r="AF13" s="71"/>
       <c r="AG13" s="58"/>
       <c r="AH13" s="58"/>
       <c r="AI13" s="58"/>
       <c r="AJ13" s="58"/>
       <c r="AK13" s="58"/>
       <c r="AL13" s="58"/>
       <c r="AM13" s="58"/>
       <c r="AN13" s="58"/>
       <c r="AO13" s="58"/>
       <c r="AP13" s="58"/>
       <c r="AQ13" s="58"/>
     </row>
     <row r="14" spans="1:43" s="28" customFormat="1" ht="19" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B14" s="405" t="s">
+      <c r="B14" s="450" t="s">
         <v>126</v>
       </c>
-      <c r="C14" s="406"/>
-[...28 lines deleted...]
-      <c r="AF14" s="409"/>
+      <c r="C14" s="435"/>
+      <c r="D14" s="451"/>
+      <c r="E14" s="451"/>
+      <c r="F14" s="436"/>
+      <c r="G14" s="451"/>
+      <c r="H14" s="451"/>
+      <c r="I14" s="451"/>
+      <c r="J14" s="451"/>
+      <c r="K14" s="451"/>
+      <c r="L14" s="451"/>
+      <c r="M14" s="451"/>
+      <c r="N14" s="451"/>
+      <c r="O14" s="451"/>
+      <c r="P14" s="435"/>
+      <c r="Q14" s="451"/>
+      <c r="R14" s="451"/>
+      <c r="S14" s="451"/>
+      <c r="T14" s="451"/>
+      <c r="U14" s="451"/>
+      <c r="V14" s="451"/>
+      <c r="W14" s="451"/>
+      <c r="X14" s="451"/>
+      <c r="Y14" s="436"/>
+      <c r="Z14" s="451"/>
+      <c r="AA14" s="451"/>
+      <c r="AB14" s="451"/>
+      <c r="AC14" s="451"/>
+      <c r="AD14" s="451"/>
+      <c r="AE14" s="436"/>
+      <c r="AF14" s="452"/>
       <c r="AG14" s="45"/>
     </row>
     <row r="15" spans="1:43" s="5" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="72"/>
       <c r="B15" s="73"/>
       <c r="C15" s="73"/>
       <c r="D15" s="73"/>
-      <c r="E15" s="420" t="s">
+      <c r="E15" s="457" t="s">
         <v>164</v>
       </c>
-      <c r="F15" s="421"/>
-[...3 lines deleted...]
-      <c r="J15" s="422"/>
+      <c r="F15" s="458"/>
+      <c r="G15" s="458"/>
+      <c r="H15" s="458"/>
+      <c r="I15" s="458"/>
+      <c r="J15" s="459"/>
       <c r="K15" s="73"/>
       <c r="L15" s="73"/>
-      <c r="M15" s="451" t="s">
+      <c r="M15" s="440" t="s">
         <v>8</v>
       </c>
-      <c r="N15" s="452"/>
-[...7 lines deleted...]
-      <c r="V15" s="455" t="s">
+      <c r="N15" s="441"/>
+      <c r="O15" s="441"/>
+      <c r="P15" s="442"/>
+      <c r="Q15" s="441"/>
+      <c r="R15" s="441"/>
+      <c r="S15" s="441"/>
+      <c r="T15" s="441"/>
+      <c r="U15" s="443"/>
+      <c r="V15" s="393" t="s">
         <v>122</v>
       </c>
-      <c r="W15" s="456"/>
+      <c r="W15" s="394"/>
       <c r="X15" s="74"/>
       <c r="Y15" s="74"/>
       <c r="Z15" s="75"/>
-      <c r="AA15" s="461" t="s">
+      <c r="AA15" s="399" t="s">
         <v>0</v>
       </c>
-      <c r="AB15" s="462"/>
-[...2 lines deleted...]
-      <c r="AE15" s="463"/>
+      <c r="AB15" s="400"/>
+      <c r="AC15" s="400"/>
+      <c r="AD15" s="400"/>
+      <c r="AE15" s="401"/>
       <c r="AF15" s="76"/>
       <c r="AG15" s="73"/>
       <c r="AH15" s="73"/>
       <c r="AI15" s="73"/>
       <c r="AJ15" s="73"/>
       <c r="AK15" s="73"/>
       <c r="AL15" s="73"/>
       <c r="AM15" s="73"/>
       <c r="AN15" s="73"/>
       <c r="AO15" s="73"/>
       <c r="AP15" s="73"/>
       <c r="AQ15" s="73"/>
     </row>
     <row r="16" spans="1:43" ht="36.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="42"/>
       <c r="B16" s="26"/>
       <c r="C16" s="26"/>
       <c r="D16" s="41"/>
-      <c r="E16" s="423" t="s">
+      <c r="E16" s="460" t="s">
         <v>161</v>
       </c>
-      <c r="F16" s="424"/>
-[...1 lines deleted...]
-      <c r="H16" s="423" t="s">
+      <c r="F16" s="461"/>
+      <c r="G16" s="462"/>
+      <c r="H16" s="460" t="s">
         <v>162</v>
       </c>
-      <c r="I16" s="424"/>
-      <c r="J16" s="425"/>
+      <c r="I16" s="461"/>
+      <c r="J16" s="462"/>
       <c r="K16" s="41"/>
       <c r="L16" s="77"/>
-      <c r="M16" s="401">
+      <c r="M16" s="446">
         <v>0</v>
       </c>
-      <c r="N16" s="402"/>
-      <c r="O16" s="410" t="s">
+      <c r="N16" s="447"/>
+      <c r="O16" s="408" t="s">
         <v>113</v>
       </c>
-      <c r="P16" s="411"/>
-[...2 lines deleted...]
-      <c r="S16" s="410" t="s">
+      <c r="P16" s="409"/>
+      <c r="Q16" s="409"/>
+      <c r="R16" s="410"/>
+      <c r="S16" s="408" t="s">
         <v>9</v>
       </c>
-      <c r="T16" s="411"/>
-[...2 lines deleted...]
-      <c r="W16" s="458"/>
+      <c r="T16" s="409"/>
+      <c r="U16" s="410"/>
+      <c r="V16" s="395"/>
+      <c r="W16" s="396"/>
       <c r="X16" s="78"/>
       <c r="Y16" s="78"/>
       <c r="Z16" s="79"/>
       <c r="AA16" s="80"/>
       <c r="AB16" s="41"/>
       <c r="AC16" s="41"/>
       <c r="AD16" s="41"/>
       <c r="AE16" s="81"/>
       <c r="AF16" s="48"/>
       <c r="AG16" s="82"/>
     </row>
     <row r="17" spans="1:43" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A17" s="46"/>
       <c r="B17" s="26"/>
       <c r="C17" s="26"/>
       <c r="D17" s="41"/>
-      <c r="E17" s="426"/>
-[...4 lines deleted...]
-      <c r="J17" s="428"/>
+      <c r="E17" s="463"/>
+      <c r="F17" s="464"/>
+      <c r="G17" s="465"/>
+      <c r="H17" s="463"/>
+      <c r="I17" s="464"/>
+      <c r="J17" s="465"/>
       <c r="K17" s="41"/>
       <c r="L17" s="77"/>
-      <c r="M17" s="403"/>
-[...9 lines deleted...]
-      <c r="W17" s="460"/>
+      <c r="M17" s="448"/>
+      <c r="N17" s="449"/>
+      <c r="O17" s="411"/>
+      <c r="P17" s="412"/>
+      <c r="Q17" s="412"/>
+      <c r="R17" s="413"/>
+      <c r="S17" s="411"/>
+      <c r="T17" s="412"/>
+      <c r="U17" s="413"/>
+      <c r="V17" s="397"/>
+      <c r="W17" s="398"/>
       <c r="X17" s="78"/>
       <c r="Y17" s="78"/>
       <c r="Z17" s="79"/>
       <c r="AA17" s="83"/>
       <c r="AB17" s="41"/>
       <c r="AC17" s="23"/>
       <c r="AD17" s="84" t="s">
         <v>1</v>
       </c>
       <c r="AE17" s="85"/>
       <c r="AF17" s="48"/>
       <c r="AG17" s="82"/>
     </row>
     <row r="18" spans="1:43" ht="30.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B18" s="446"/>
+      <c r="B18" s="432"/>
       <c r="C18" s="86"/>
-      <c r="D18" s="364" t="s">
+      <c r="D18" s="469" t="s">
         <v>163</v>
       </c>
-      <c r="E18" s="440" t="s">
+      <c r="E18" s="426" t="s">
         <v>166</v>
       </c>
-      <c r="F18" s="441"/>
-[...1 lines deleted...]
-      <c r="H18" s="382" t="str">
+      <c r="F18" s="427"/>
+      <c r="G18" s="428"/>
+      <c r="H18" s="387" t="str">
         <f>IF(AND('2. Plan'!$J$27&lt;100000.5,'2. Plan'!$J$27&gt;0),'2. Plan'!$J$27,"")</f>
         <v/>
       </c>
-      <c r="I18" s="399"/>
-      <c r="J18" s="384"/>
+      <c r="I18" s="388"/>
+      <c r="J18" s="389"/>
       <c r="K18" s="41"/>
       <c r="L18" s="87"/>
-      <c r="M18" s="369" t="s">
+      <c r="M18" s="363" t="s">
         <v>116</v>
       </c>
-      <c r="N18" s="371"/>
-      <c r="O18" s="369" t="s">
+      <c r="N18" s="365"/>
+      <c r="O18" s="363" t="s">
         <v>115</v>
       </c>
-      <c r="P18" s="370"/>
-[...2 lines deleted...]
-      <c r="S18" s="369" t="s">
+      <c r="P18" s="364"/>
+      <c r="Q18" s="364"/>
+      <c r="R18" s="365"/>
+      <c r="S18" s="363" t="s">
         <v>114</v>
       </c>
-      <c r="T18" s="370"/>
-[...4 lines deleted...]
-      <c r="W18" s="417"/>
+      <c r="T18" s="364"/>
+      <c r="U18" s="365"/>
+      <c r="V18" s="453" t="s">
+        <v>10</v>
+      </c>
+      <c r="W18" s="454"/>
       <c r="X18" s="88"/>
       <c r="Y18" s="88"/>
       <c r="Z18" s="89"/>
       <c r="AA18" s="90"/>
-      <c r="AB18" s="482" t="s">
+      <c r="AB18" s="384" t="s">
         <v>165</v>
       </c>
-      <c r="AC18" s="482"/>
-      <c r="AD18" s="482"/>
+      <c r="AC18" s="384"/>
+      <c r="AD18" s="384"/>
       <c r="AE18" s="91"/>
       <c r="AF18" s="48"/>
       <c r="AG18" s="92"/>
     </row>
     <row r="19" spans="1:43" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B19" s="446"/>
+      <c r="B19" s="432"/>
       <c r="C19" s="86"/>
-      <c r="D19" s="365"/>
-[...5 lines deleted...]
-      <c r="J19" s="387"/>
+      <c r="D19" s="470"/>
+      <c r="E19" s="429"/>
+      <c r="F19" s="430"/>
+      <c r="G19" s="431"/>
+      <c r="H19" s="390"/>
+      <c r="I19" s="391"/>
+      <c r="J19" s="392"/>
       <c r="K19" s="41"/>
       <c r="L19" s="87"/>
-      <c r="M19" s="372"/>
-[...9 lines deleted...]
-      <c r="W19" s="419"/>
+      <c r="M19" s="366"/>
+      <c r="N19" s="368"/>
+      <c r="O19" s="366"/>
+      <c r="P19" s="367"/>
+      <c r="Q19" s="367"/>
+      <c r="R19" s="368"/>
+      <c r="S19" s="366"/>
+      <c r="T19" s="367"/>
+      <c r="U19" s="368"/>
+      <c r="V19" s="455"/>
+      <c r="W19" s="456"/>
       <c r="X19" s="88"/>
       <c r="Y19" s="88"/>
       <c r="Z19" s="89"/>
       <c r="AA19" s="90"/>
-      <c r="AB19" s="482"/>
-[...1 lines deleted...]
-      <c r="AD19" s="482"/>
+      <c r="AB19" s="384"/>
+      <c r="AC19" s="384"/>
+      <c r="AD19" s="384"/>
       <c r="AE19" s="93"/>
       <c r="AF19" s="48"/>
       <c r="AG19" s="92"/>
     </row>
     <row r="20" spans="1:43" ht="34.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B20" s="446"/>
+      <c r="B20" s="432"/>
       <c r="C20" s="86"/>
-      <c r="D20" s="365"/>
-      <c r="E20" s="440" t="s">
+      <c r="D20" s="470"/>
+      <c r="E20" s="426" t="s">
         <v>168</v>
       </c>
-      <c r="F20" s="441"/>
-[...1 lines deleted...]
-      <c r="H20" s="382" t="str">
+      <c r="F20" s="427"/>
+      <c r="G20" s="428"/>
+      <c r="H20" s="387" t="str">
         <f>IF(AND('2. Plan'!$J$27&lt;500000,'2. Plan'!$J$27&gt;100000.49),'2. Plan'!$J$27,"")</f>
         <v/>
       </c>
-      <c r="I20" s="383"/>
-      <c r="J20" s="384"/>
+      <c r="I20" s="479"/>
+      <c r="J20" s="389"/>
       <c r="K20" s="94"/>
       <c r="L20" s="95"/>
-      <c r="M20" s="472" t="s">
+      <c r="M20" s="371" t="s">
         <v>115</v>
       </c>
-      <c r="N20" s="473"/>
-      <c r="O20" s="369" t="s">
+      <c r="N20" s="372"/>
+      <c r="O20" s="363" t="s">
         <v>114</v>
       </c>
-      <c r="P20" s="370"/>
-[...2 lines deleted...]
-      <c r="S20" s="375" t="s">
+      <c r="P20" s="364"/>
+      <c r="Q20" s="364"/>
+      <c r="R20" s="365"/>
+      <c r="S20" s="473" t="s">
         <v>117</v>
       </c>
-      <c r="T20" s="376"/>
-[...1 lines deleted...]
-      <c r="V20" s="464" t="s">
+      <c r="T20" s="474"/>
+      <c r="U20" s="474"/>
+      <c r="V20" s="402" t="s">
         <v>11</v>
       </c>
-      <c r="W20" s="465"/>
+      <c r="W20" s="403"/>
       <c r="X20" s="96"/>
       <c r="Y20" s="96"/>
       <c r="Z20" s="97"/>
       <c r="AA20" s="98"/>
-      <c r="AB20" s="482"/>
-[...1 lines deleted...]
-      <c r="AD20" s="482"/>
+      <c r="AB20" s="384"/>
+      <c r="AC20" s="384"/>
+      <c r="AD20" s="384"/>
       <c r="AE20" s="93"/>
       <c r="AF20" s="48"/>
       <c r="AG20" s="92"/>
     </row>
     <row r="21" spans="1:43" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B21" s="446"/>
+      <c r="B21" s="432"/>
       <c r="C21" s="86"/>
-      <c r="D21" s="365"/>
-[...5 lines deleted...]
-      <c r="J21" s="387"/>
+      <c r="D21" s="470"/>
+      <c r="E21" s="429"/>
+      <c r="F21" s="430"/>
+      <c r="G21" s="431"/>
+      <c r="H21" s="480"/>
+      <c r="I21" s="391"/>
+      <c r="J21" s="392"/>
       <c r="K21" s="41"/>
       <c r="L21" s="95"/>
-      <c r="M21" s="474"/>
-[...9 lines deleted...]
-      <c r="W21" s="467"/>
+      <c r="M21" s="373"/>
+      <c r="N21" s="374"/>
+      <c r="O21" s="366"/>
+      <c r="P21" s="367"/>
+      <c r="Q21" s="367"/>
+      <c r="R21" s="368"/>
+      <c r="S21" s="475"/>
+      <c r="T21" s="476"/>
+      <c r="U21" s="476"/>
+      <c r="V21" s="404"/>
+      <c r="W21" s="405"/>
       <c r="X21" s="96"/>
       <c r="Y21" s="96"/>
       <c r="Z21" s="97"/>
       <c r="AA21" s="98"/>
-      <c r="AB21" s="482"/>
-[...1 lines deleted...]
-      <c r="AD21" s="482"/>
+      <c r="AB21" s="384"/>
+      <c r="AC21" s="384"/>
+      <c r="AD21" s="384"/>
       <c r="AE21" s="93"/>
       <c r="AF21" s="48"/>
       <c r="AG21" s="92"/>
     </row>
     <row r="22" spans="1:43" ht="31.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B22" s="446"/>
+      <c r="B22" s="432"/>
       <c r="C22" s="86"/>
-      <c r="D22" s="365"/>
-      <c r="E22" s="440" t="s">
+      <c r="D22" s="470"/>
+      <c r="E22" s="426" t="s">
         <v>167</v>
       </c>
-      <c r="F22" s="441"/>
-[...1 lines deleted...]
-      <c r="H22" s="382" t="str">
+      <c r="F22" s="427"/>
+      <c r="G22" s="428"/>
+      <c r="H22" s="387" t="str">
         <f>IF(AND('2. Plan'!$J$27&gt;499999.99),'2. Plan'!$J$27,"")</f>
         <v/>
       </c>
-      <c r="I22" s="399"/>
-      <c r="J22" s="384"/>
+      <c r="I22" s="388"/>
+      <c r="J22" s="389"/>
       <c r="K22" s="41"/>
       <c r="L22" s="99"/>
-      <c r="M22" s="476" t="s">
+      <c r="M22" s="375" t="s">
         <v>117</v>
       </c>
-      <c r="N22" s="477"/>
-      <c r="O22" s="388" t="s">
+      <c r="N22" s="376"/>
+      <c r="O22" s="481" t="s">
         <v>117</v>
       </c>
-      <c r="P22" s="389"/>
-[...2 lines deleted...]
-      <c r="S22" s="379" t="s">
+      <c r="P22" s="482"/>
+      <c r="Q22" s="482"/>
+      <c r="R22" s="483"/>
+      <c r="S22" s="477" t="s">
         <v>118</v>
       </c>
-      <c r="T22" s="380"/>
-[...2 lines deleted...]
-      <c r="W22" s="467"/>
+      <c r="T22" s="478"/>
+      <c r="U22" s="478"/>
+      <c r="V22" s="404"/>
+      <c r="W22" s="405"/>
       <c r="X22" s="96"/>
       <c r="Y22" s="96"/>
       <c r="Z22" s="97"/>
       <c r="AA22" s="98"/>
-      <c r="AB22" s="482"/>
-[...1 lines deleted...]
-      <c r="AD22" s="482"/>
+      <c r="AB22" s="384"/>
+      <c r="AC22" s="384"/>
+      <c r="AD22" s="384"/>
       <c r="AE22" s="93"/>
       <c r="AF22" s="48"/>
       <c r="AG22" s="92"/>
     </row>
     <row r="23" spans="1:43" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B23" s="446"/>
+      <c r="B23" s="432"/>
       <c r="C23" s="86"/>
-      <c r="D23" s="366"/>
-[...5 lines deleted...]
-      <c r="J23" s="387"/>
+      <c r="D23" s="471"/>
+      <c r="E23" s="429"/>
+      <c r="F23" s="430"/>
+      <c r="G23" s="431"/>
+      <c r="H23" s="390"/>
+      <c r="I23" s="391"/>
+      <c r="J23" s="392"/>
       <c r="K23" s="41"/>
       <c r="L23" s="99"/>
-      <c r="M23" s="381"/>
-[...9 lines deleted...]
-      <c r="W23" s="469"/>
+      <c r="M23" s="377"/>
+      <c r="N23" s="378"/>
+      <c r="O23" s="484"/>
+      <c r="P23" s="485"/>
+      <c r="Q23" s="485"/>
+      <c r="R23" s="486"/>
+      <c r="S23" s="377"/>
+      <c r="T23" s="476"/>
+      <c r="U23" s="476"/>
+      <c r="V23" s="406"/>
+      <c r="W23" s="407"/>
       <c r="X23" s="96"/>
       <c r="Y23" s="96"/>
       <c r="Z23" s="97"/>
       <c r="AA23" s="100"/>
-      <c r="AB23" s="483"/>
-[...1 lines deleted...]
-      <c r="AD23" s="483"/>
+      <c r="AB23" s="385"/>
+      <c r="AC23" s="385"/>
+      <c r="AD23" s="385"/>
       <c r="AE23" s="101"/>
       <c r="AF23" s="48"/>
       <c r="AG23" s="92"/>
     </row>
     <row r="24" spans="1:43" ht="13.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="B24" s="102"/>
       <c r="C24" s="103"/>
       <c r="D24" s="104"/>
       <c r="E24" s="105"/>
       <c r="F24" s="105"/>
       <c r="G24" s="106"/>
       <c r="H24" s="103"/>
       <c r="I24" s="106"/>
       <c r="J24" s="106"/>
       <c r="K24" s="106"/>
       <c r="L24" s="106"/>
       <c r="M24" s="106"/>
       <c r="N24" s="107"/>
       <c r="O24" s="107"/>
       <c r="P24" s="103"/>
       <c r="Q24" s="107"/>
       <c r="R24" s="103"/>
       <c r="S24" s="103"/>
       <c r="T24" s="103"/>
       <c r="U24" s="103"/>
@@ -14945,117 +15147,117 @@
       <c r="V26" s="121"/>
       <c r="W26" s="120"/>
       <c r="X26" s="120"/>
       <c r="Y26" s="121"/>
       <c r="Z26" s="121"/>
       <c r="AA26" s="121"/>
       <c r="AB26" s="120"/>
       <c r="AC26" s="121"/>
       <c r="AD26" s="121"/>
       <c r="AE26" s="121"/>
       <c r="AF26" s="122"/>
       <c r="AG26" s="45"/>
       <c r="AH26" s="28"/>
       <c r="AI26" s="28"/>
       <c r="AJ26" s="28"/>
       <c r="AK26" s="28"/>
       <c r="AL26" s="28"/>
       <c r="AM26" s="28"/>
       <c r="AN26" s="28"/>
       <c r="AO26" s="28"/>
       <c r="AP26" s="28"/>
       <c r="AQ26" s="28"/>
     </row>
     <row r="27" spans="1:43" ht="208.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="B27" s="123"/>
-      <c r="C27" s="439"/>
-[...26 lines deleted...]
-      <c r="AD27" s="439"/>
+      <c r="C27" s="425"/>
+      <c r="D27" s="425"/>
+      <c r="E27" s="425"/>
+      <c r="F27" s="425"/>
+      <c r="G27" s="425"/>
+      <c r="H27" s="425"/>
+      <c r="I27" s="425"/>
+      <c r="J27" s="425"/>
+      <c r="K27" s="425"/>
+      <c r="L27" s="425"/>
+      <c r="M27" s="425"/>
+      <c r="N27" s="425"/>
+      <c r="O27" s="425"/>
+      <c r="P27" s="425"/>
+      <c r="Q27" s="425"/>
+      <c r="R27" s="425"/>
+      <c r="S27" s="425"/>
+      <c r="T27" s="425"/>
+      <c r="U27" s="425"/>
+      <c r="V27" s="425"/>
+      <c r="W27" s="425"/>
+      <c r="X27" s="425"/>
+      <c r="Y27" s="425"/>
+      <c r="Z27" s="425"/>
+      <c r="AA27" s="425"/>
+      <c r="AB27" s="425"/>
+      <c r="AC27" s="425"/>
+      <c r="AD27" s="425"/>
       <c r="AE27" s="124"/>
       <c r="AF27" s="125"/>
       <c r="AG27" s="126"/>
     </row>
     <row r="28" spans="1:43" s="3" customFormat="1" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A28" s="28"/>
-      <c r="B28" s="434" t="s">
+      <c r="B28" s="420" t="s">
         <v>155</v>
       </c>
-      <c r="C28" s="435"/>
-[...28 lines deleted...]
-      <c r="AF28" s="438"/>
+      <c r="C28" s="421"/>
+      <c r="D28" s="422"/>
+      <c r="E28" s="422"/>
+      <c r="F28" s="423"/>
+      <c r="G28" s="422"/>
+      <c r="H28" s="422"/>
+      <c r="I28" s="422"/>
+      <c r="J28" s="422"/>
+      <c r="K28" s="422"/>
+      <c r="L28" s="422"/>
+      <c r="M28" s="422"/>
+      <c r="N28" s="422"/>
+      <c r="O28" s="422"/>
+      <c r="P28" s="421"/>
+      <c r="Q28" s="422"/>
+      <c r="R28" s="422"/>
+      <c r="S28" s="422"/>
+      <c r="T28" s="422"/>
+      <c r="U28" s="422"/>
+      <c r="V28" s="422"/>
+      <c r="W28" s="422"/>
+      <c r="X28" s="422"/>
+      <c r="Y28" s="423"/>
+      <c r="Z28" s="422"/>
+      <c r="AA28" s="422"/>
+      <c r="AB28" s="422"/>
+      <c r="AC28" s="422"/>
+      <c r="AD28" s="422"/>
+      <c r="AE28" s="423"/>
+      <c r="AF28" s="424"/>
       <c r="AG28" s="39"/>
       <c r="AH28" s="28"/>
       <c r="AI28" s="28"/>
       <c r="AJ28" s="28"/>
       <c r="AK28" s="28"/>
       <c r="AL28" s="28"/>
       <c r="AM28" s="28"/>
       <c r="AN28" s="28"/>
       <c r="AO28" s="28"/>
       <c r="AP28" s="28"/>
       <c r="AQ28" s="28"/>
     </row>
     <row r="29" spans="1:43" s="3" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A29" s="28"/>
       <c r="B29" s="127"/>
       <c r="C29" s="45"/>
       <c r="D29" s="41"/>
       <c r="E29" s="39"/>
       <c r="F29" s="39"/>
       <c r="G29" s="39"/>
       <c r="H29" s="39"/>
       <c r="I29" s="39"/>
       <c r="J29" s="39"/>
       <c r="K29" s="39"/>
       <c r="L29" s="39"/>
@@ -15101,87 +15303,87 @@
       <c r="F30" s="41"/>
       <c r="G30" s="41"/>
       <c r="H30" s="41"/>
       <c r="I30" s="41"/>
       <c r="J30" s="41"/>
       <c r="K30" s="41"/>
       <c r="L30" s="41"/>
       <c r="M30" s="41"/>
       <c r="N30" s="41"/>
       <c r="O30" s="41"/>
       <c r="P30" s="41"/>
       <c r="Q30" s="41"/>
       <c r="R30" s="41"/>
       <c r="S30" s="48"/>
       <c r="T30" s="45" t="s">
         <v>156</v>
       </c>
       <c r="U30" s="41"/>
       <c r="V30" s="45"/>
       <c r="W30" s="41"/>
       <c r="X30" s="41"/>
       <c r="Y30" s="41"/>
       <c r="Z30" s="128"/>
       <c r="AA30" s="41"/>
       <c r="AB30" s="41"/>
-      <c r="AC30" s="447"/>
-      <c r="AD30" s="447"/>
+      <c r="AC30" s="433"/>
+      <c r="AD30" s="433"/>
       <c r="AE30" s="52"/>
       <c r="AF30" s="129"/>
       <c r="AG30" s="130"/>
     </row>
     <row r="31" spans="1:43" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B31" s="131"/>
       <c r="C31" s="45"/>
       <c r="D31" s="41"/>
       <c r="E31" s="41"/>
       <c r="F31" s="41"/>
       <c r="G31" s="41"/>
       <c r="H31" s="41"/>
       <c r="I31" s="41"/>
       <c r="J31" s="41"/>
       <c r="K31" s="41"/>
       <c r="L31" s="41"/>
       <c r="M31" s="41"/>
       <c r="N31" s="41"/>
       <c r="O31" s="41"/>
       <c r="P31" s="41"/>
       <c r="Q31" s="41"/>
       <c r="R31" s="41"/>
       <c r="S31" s="48"/>
       <c r="T31" s="45" t="s">
         <v>157</v>
       </c>
       <c r="V31" s="45"/>
       <c r="W31" s="41"/>
       <c r="X31" s="41"/>
       <c r="Y31" s="41"/>
       <c r="Z31" s="41"/>
       <c r="AA31" s="41"/>
       <c r="AB31" s="41"/>
-      <c r="AC31" s="358"/>
-      <c r="AD31" s="359"/>
+      <c r="AC31" s="466"/>
+      <c r="AD31" s="467"/>
       <c r="AE31" s="52"/>
       <c r="AF31" s="129"/>
       <c r="AG31" s="130"/>
     </row>
     <row r="32" spans="1:43" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B32" s="132"/>
       <c r="C32" s="165"/>
       <c r="D32" s="165"/>
       <c r="E32" s="165"/>
       <c r="F32" s="165"/>
       <c r="G32" s="165"/>
       <c r="H32" s="165"/>
       <c r="I32" s="165"/>
       <c r="J32" s="165"/>
       <c r="K32" s="165"/>
       <c r="L32" s="165"/>
       <c r="M32" s="165"/>
       <c r="N32" s="165"/>
       <c r="O32" s="165"/>
       <c r="P32" s="165"/>
       <c r="Q32" s="165"/>
       <c r="R32" s="165"/>
       <c r="S32" s="133"/>
       <c r="T32" s="41"/>
       <c r="U32" s="45"/>
@@ -15283,83 +15485,83 @@
       <c r="K35" s="166"/>
       <c r="L35" s="166"/>
       <c r="M35" s="166"/>
       <c r="N35" s="166"/>
       <c r="O35" s="166"/>
       <c r="P35" s="166"/>
       <c r="Q35" s="166"/>
       <c r="R35" s="166"/>
       <c r="S35" s="135"/>
       <c r="T35" s="136"/>
       <c r="U35" s="137"/>
       <c r="V35" s="138"/>
       <c r="W35" s="137"/>
       <c r="X35" s="138"/>
       <c r="Y35" s="138"/>
       <c r="Z35" s="137"/>
       <c r="AA35" s="137"/>
       <c r="AB35" s="138"/>
       <c r="AC35" s="138"/>
       <c r="AD35" s="41"/>
       <c r="AE35" s="41"/>
       <c r="AF35" s="48"/>
       <c r="AG35" s="130"/>
     </row>
     <row r="36" spans="1:33" ht="19" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B36" s="434" t="s">
+      <c r="B36" s="420" t="s">
         <v>124</v>
       </c>
-      <c r="C36" s="435"/>
-[...28 lines deleted...]
-      <c r="AF36" s="438"/>
+      <c r="C36" s="421"/>
+      <c r="D36" s="422"/>
+      <c r="E36" s="422"/>
+      <c r="F36" s="423"/>
+      <c r="G36" s="422"/>
+      <c r="H36" s="422"/>
+      <c r="I36" s="422"/>
+      <c r="J36" s="422"/>
+      <c r="K36" s="422"/>
+      <c r="L36" s="422"/>
+      <c r="M36" s="422"/>
+      <c r="N36" s="422"/>
+      <c r="O36" s="422"/>
+      <c r="P36" s="421"/>
+      <c r="Q36" s="422"/>
+      <c r="R36" s="422"/>
+      <c r="S36" s="422"/>
+      <c r="T36" s="422"/>
+      <c r="U36" s="422"/>
+      <c r="V36" s="422"/>
+      <c r="W36" s="422"/>
+      <c r="X36" s="422"/>
+      <c r="Y36" s="423"/>
+      <c r="Z36" s="422"/>
+      <c r="AA36" s="422"/>
+      <c r="AB36" s="422"/>
+      <c r="AC36" s="422"/>
+      <c r="AD36" s="422"/>
+      <c r="AE36" s="423"/>
+      <c r="AF36" s="424"/>
       <c r="AG36" s="39"/>
     </row>
     <row r="37" spans="1:33" ht="27" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A37" s="42"/>
       <c r="B37" s="120" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="26"/>
       <c r="D37" s="41"/>
       <c r="E37" s="41"/>
       <c r="F37" s="41"/>
       <c r="G37" s="41"/>
       <c r="H37" s="120"/>
       <c r="I37" s="139"/>
       <c r="J37" s="139"/>
       <c r="K37" s="140"/>
       <c r="L37" s="140"/>
       <c r="M37" s="140"/>
       <c r="N37" s="140"/>
       <c r="O37" s="139"/>
       <c r="P37" s="141"/>
       <c r="Q37" s="139"/>
       <c r="R37" s="140"/>
       <c r="S37" s="140"/>
       <c r="T37" s="140"/>
@@ -15393,80 +15595,80 @@
       <c r="N38" s="45"/>
       <c r="O38" s="41"/>
       <c r="P38" s="41"/>
       <c r="Q38" s="41"/>
       <c r="R38" s="41"/>
       <c r="S38" s="41"/>
       <c r="T38" s="41"/>
       <c r="U38" s="138"/>
       <c r="V38" s="138"/>
       <c r="W38" s="138"/>
       <c r="X38" s="41"/>
       <c r="Y38" s="41"/>
       <c r="Z38" s="41"/>
       <c r="AA38" s="41"/>
       <c r="AB38" s="41"/>
       <c r="AC38" s="41"/>
       <c r="AD38" s="41"/>
       <c r="AE38" s="41"/>
       <c r="AF38" s="48"/>
       <c r="AG38" s="143"/>
     </row>
     <row r="39" spans="1:33" ht="24.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A39" s="42"/>
       <c r="B39" s="144"/>
       <c r="C39" s="145"/>
-      <c r="D39" s="480" t="s">
+      <c r="D39" s="381" t="s">
         <v>4</v>
       </c>
-      <c r="E39" s="480"/>
-[...10 lines deleted...]
-      <c r="P39" s="480"/>
+      <c r="E39" s="381"/>
+      <c r="F39" s="381"/>
+      <c r="G39" s="381"/>
+      <c r="H39" s="381"/>
+      <c r="I39" s="381"/>
+      <c r="J39" s="381"/>
+      <c r="K39" s="381"/>
+      <c r="L39" s="381"/>
+      <c r="M39" s="381"/>
+      <c r="N39" s="381"/>
+      <c r="O39" s="381"/>
+      <c r="P39" s="381"/>
       <c r="Q39" s="146"/>
       <c r="R39" s="147"/>
       <c r="S39" s="41"/>
       <c r="T39" s="48"/>
       <c r="U39" s="41"/>
-      <c r="V39" s="480" t="s">
+      <c r="V39" s="381" t="s">
         <v>7</v>
       </c>
-      <c r="W39" s="480"/>
-[...5 lines deleted...]
-      <c r="AC39" s="480"/>
+      <c r="W39" s="381"/>
+      <c r="X39" s="381"/>
+      <c r="Y39" s="381"/>
+      <c r="Z39" s="381"/>
+      <c r="AA39" s="381"/>
+      <c r="AB39" s="381"/>
+      <c r="AC39" s="381"/>
       <c r="AD39" s="146"/>
       <c r="AE39" s="148"/>
       <c r="AF39" s="48"/>
       <c r="AG39" s="26"/>
     </row>
     <row r="40" spans="1:33" x14ac:dyDescent="0.45">
       <c r="A40" s="42"/>
       <c r="B40" s="144"/>
       <c r="C40" s="26"/>
       <c r="D40" s="41"/>
       <c r="E40" s="41"/>
       <c r="F40" s="41"/>
       <c r="G40" s="45"/>
       <c r="H40" s="45"/>
       <c r="I40" s="45"/>
       <c r="J40" s="45"/>
       <c r="K40" s="45"/>
       <c r="L40" s="41"/>
       <c r="M40" s="41"/>
       <c r="N40" s="41"/>
       <c r="O40" s="41"/>
       <c r="P40" s="41"/>
       <c r="Q40" s="48"/>
       <c r="R40" s="41"/>
       <c r="S40" s="41"/>
@@ -15491,167 +15693,167 @@
       <c r="C41" s="26"/>
       <c r="D41" s="362"/>
       <c r="E41" s="362"/>
       <c r="F41" s="362"/>
       <c r="G41" s="362"/>
       <c r="H41" s="362"/>
       <c r="I41" s="362"/>
       <c r="J41" s="41"/>
       <c r="K41" s="41"/>
       <c r="L41" s="362"/>
       <c r="M41" s="362"/>
       <c r="N41" s="362"/>
       <c r="O41" s="362"/>
       <c r="P41" s="362"/>
       <c r="Q41" s="48"/>
       <c r="R41" s="41"/>
       <c r="S41" s="41"/>
       <c r="T41" s="48"/>
       <c r="U41" s="149"/>
       <c r="V41" s="362"/>
       <c r="W41" s="362"/>
       <c r="X41" s="362"/>
       <c r="Y41" s="362"/>
       <c r="Z41" s="41"/>
       <c r="AA41" s="50"/>
-      <c r="AB41" s="481"/>
-      <c r="AC41" s="481"/>
+      <c r="AB41" s="382"/>
+      <c r="AC41" s="382"/>
       <c r="AD41" s="150"/>
       <c r="AE41" s="50"/>
       <c r="AF41" s="46"/>
       <c r="AG41" s="26"/>
     </row>
     <row r="42" spans="1:33" ht="26.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A42" s="42"/>
       <c r="B42" s="144"/>
       <c r="C42" s="26"/>
-      <c r="D42" s="361" t="s">
+      <c r="D42" s="383" t="s">
         <v>2</v>
       </c>
-      <c r="E42" s="361"/>
-[...3 lines deleted...]
-      <c r="I42" s="361"/>
+      <c r="E42" s="383"/>
+      <c r="F42" s="383"/>
+      <c r="G42" s="383"/>
+      <c r="H42" s="383"/>
+      <c r="I42" s="383"/>
       <c r="J42" s="61"/>
       <c r="K42" s="60"/>
-      <c r="L42" s="397" t="s">
+      <c r="L42" s="444" t="s">
         <v>3</v>
       </c>
-      <c r="M42" s="397"/>
-[...2 lines deleted...]
-      <c r="P42" s="397"/>
+      <c r="M42" s="444"/>
+      <c r="N42" s="444"/>
+      <c r="O42" s="444"/>
+      <c r="P42" s="444"/>
       <c r="Q42" s="63"/>
       <c r="R42" s="61"/>
       <c r="S42" s="61"/>
       <c r="T42" s="48"/>
       <c r="U42" s="41"/>
-      <c r="V42" s="367" t="s">
+      <c r="V42" s="379" t="s">
         <v>2</v>
       </c>
-      <c r="W42" s="367"/>
-[...1 lines deleted...]
-      <c r="Y42" s="367"/>
+      <c r="W42" s="379"/>
+      <c r="X42" s="379"/>
+      <c r="Y42" s="379"/>
       <c r="Z42" s="60"/>
       <c r="AA42" s="61"/>
-      <c r="AB42" s="361" t="s">
+      <c r="AB42" s="383" t="s">
         <v>3</v>
       </c>
-      <c r="AC42" s="361"/>
+      <c r="AC42" s="383"/>
       <c r="AD42" s="64"/>
       <c r="AE42" s="61"/>
       <c r="AF42" s="46"/>
       <c r="AG42" s="26"/>
     </row>
     <row r="43" spans="1:33" x14ac:dyDescent="0.45">
       <c r="A43" s="42"/>
       <c r="B43" s="144"/>
       <c r="C43" s="26"/>
       <c r="D43" s="362"/>
       <c r="E43" s="362"/>
       <c r="F43" s="362"/>
       <c r="G43" s="362"/>
       <c r="H43" s="362"/>
       <c r="I43" s="362"/>
       <c r="J43" s="41"/>
       <c r="K43" s="52"/>
       <c r="L43" s="151"/>
       <c r="M43" s="51"/>
-      <c r="N43" s="398"/>
-[...1 lines deleted...]
-      <c r="P43" s="398"/>
+      <c r="N43" s="445"/>
+      <c r="O43" s="445"/>
+      <c r="P43" s="445"/>
       <c r="Q43" s="150"/>
       <c r="R43" s="47"/>
       <c r="S43" s="47"/>
       <c r="T43" s="48"/>
       <c r="U43" s="149"/>
       <c r="V43" s="362"/>
       <c r="W43" s="362"/>
       <c r="X43" s="362"/>
       <c r="Y43" s="362"/>
       <c r="Z43" s="41"/>
       <c r="AA43" s="41"/>
       <c r="AB43" s="41"/>
       <c r="AC43" s="24"/>
       <c r="AD43" s="152"/>
       <c r="AE43" s="51"/>
       <c r="AF43" s="46"/>
       <c r="AG43" s="26"/>
     </row>
     <row r="44" spans="1:33" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A44" s="42"/>
       <c r="B44" s="144"/>
       <c r="C44" s="153"/>
-      <c r="D44" s="396" t="s">
+      <c r="D44" s="386" t="s">
         <v>5</v>
       </c>
-      <c r="E44" s="396"/>
-[...3 lines deleted...]
-      <c r="I44" s="396"/>
+      <c r="E44" s="386"/>
+      <c r="F44" s="386"/>
+      <c r="G44" s="386"/>
+      <c r="H44" s="386"/>
+      <c r="I44" s="386"/>
       <c r="J44" s="69"/>
       <c r="K44" s="138"/>
       <c r="L44" s="41"/>
       <c r="M44" s="68"/>
-      <c r="N44" s="396" t="s">
+      <c r="N44" s="386" t="s">
         <v>6</v>
       </c>
-      <c r="O44" s="396"/>
-      <c r="P44" s="396"/>
+      <c r="O44" s="386"/>
+      <c r="P44" s="386"/>
       <c r="Q44" s="70"/>
       <c r="R44" s="61"/>
       <c r="S44" s="61"/>
       <c r="T44" s="48"/>
       <c r="U44" s="154"/>
-      <c r="V44" s="396" t="s">
+      <c r="V44" s="386" t="s">
         <v>5</v>
       </c>
-      <c r="W44" s="396"/>
-[...1 lines deleted...]
-      <c r="Y44" s="396"/>
+      <c r="W44" s="386"/>
+      <c r="X44" s="386"/>
+      <c r="Y44" s="386"/>
       <c r="Z44" s="68"/>
       <c r="AA44" s="138"/>
       <c r="AB44" s="138"/>
       <c r="AC44" s="69" t="s">
         <v>6</v>
       </c>
       <c r="AD44" s="70"/>
       <c r="AE44" s="61"/>
       <c r="AF44" s="46"/>
       <c r="AG44" s="26"/>
     </row>
     <row r="45" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A45" s="42"/>
       <c r="B45" s="26"/>
       <c r="C45" s="26"/>
       <c r="D45" s="41"/>
       <c r="E45" s="61"/>
       <c r="F45" s="61"/>
       <c r="G45" s="61"/>
       <c r="H45" s="61"/>
       <c r="I45" s="61"/>
       <c r="J45" s="61"/>
       <c r="K45" s="61"/>
       <c r="L45" s="155"/>
       <c r="M45" s="61"/>
@@ -15710,78 +15912,78 @@
       <c r="AD46" s="156"/>
       <c r="AE46" s="156"/>
       <c r="AF46" s="157"/>
       <c r="AG46" s="156"/>
     </row>
     <row r="47" spans="1:33" ht="25.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A47" s="42"/>
       <c r="B47" s="39" t="s">
         <v>105</v>
       </c>
       <c r="C47" s="26"/>
       <c r="D47" s="41"/>
       <c r="E47" s="41"/>
       <c r="F47" s="41"/>
       <c r="G47" s="41"/>
       <c r="H47" s="41"/>
       <c r="I47" s="41"/>
       <c r="J47" s="41"/>
       <c r="K47" s="41"/>
       <c r="L47" s="41"/>
       <c r="M47" s="41"/>
       <c r="N47" s="39" t="s">
         <v>104</v>
       </c>
       <c r="O47" s="41"/>
-      <c r="P47" s="479" t="str">
+      <c r="P47" s="380" t="str">
         <f>IF($G$10="","",$G$10)</f>
         <v/>
       </c>
-      <c r="Q47" s="479"/>
+      <c r="Q47" s="380"/>
       <c r="R47" s="158" t="s">
         <v>140</v>
       </c>
       <c r="S47" s="159"/>
       <c r="T47" s="159"/>
       <c r="U47" s="160" t="str">
         <f>IF($E$10="","",$E$10)</f>
         <v/>
       </c>
       <c r="V47" s="158" t="s">
         <v>107</v>
       </c>
       <c r="W47" s="158"/>
       <c r="X47" s="41"/>
-      <c r="Y47" s="470" t="str">
+      <c r="Y47" s="369" t="str">
         <f>IF($M$10="","",$M$10)</f>
         <v/>
       </c>
-      <c r="Z47" s="470" t="str">
+      <c r="Z47" s="369" t="str">
         <f>IF($E$10="","",$E$10)</f>
         <v/>
       </c>
-      <c r="AA47" s="470" t="str">
+      <c r="AA47" s="369" t="str">
         <f>IF($E$10="","",$E$10)</f>
         <v/>
       </c>
       <c r="AB47" s="45"/>
       <c r="AC47" s="45"/>
       <c r="AD47" s="45"/>
       <c r="AE47" s="45"/>
       <c r="AF47" s="48"/>
     </row>
     <row r="48" spans="1:33" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A48" s="42"/>
       <c r="B48" s="39" t="s">
         <v>134</v>
       </c>
       <c r="C48" s="26"/>
       <c r="D48" s="41"/>
       <c r="E48" s="156"/>
       <c r="F48" s="156"/>
       <c r="G48" s="156"/>
       <c r="H48" s="156"/>
       <c r="I48" s="156"/>
       <c r="J48" s="156"/>
       <c r="K48" s="156"/>
       <c r="L48" s="156"/>
       <c r="M48" s="156"/>
@@ -15923,120 +16125,120 @@
       <c r="K52" s="41"/>
       <c r="L52" s="41"/>
       <c r="M52" s="41"/>
       <c r="N52" s="41"/>
       <c r="O52" s="41"/>
       <c r="P52" s="41"/>
       <c r="Q52" s="41"/>
       <c r="R52" s="41"/>
       <c r="S52" s="41"/>
       <c r="T52" s="41"/>
       <c r="U52" s="41"/>
       <c r="V52" s="41"/>
       <c r="W52" s="41"/>
       <c r="X52" s="41"/>
       <c r="Y52" s="41"/>
       <c r="Z52" s="41"/>
       <c r="AA52" s="41"/>
       <c r="AB52" s="41"/>
       <c r="AC52" s="41"/>
       <c r="AD52" s="41"/>
       <c r="AE52" s="41"/>
       <c r="AF52" s="41"/>
     </row>
   </sheetData>
   <mergeCells count="70">
+    <mergeCell ref="AC31:AD31"/>
+    <mergeCell ref="M10:N10"/>
+    <mergeCell ref="D42:I42"/>
+    <mergeCell ref="D41:I41"/>
+    <mergeCell ref="N5:S5"/>
+    <mergeCell ref="D18:D23"/>
+    <mergeCell ref="P11:R11"/>
+    <mergeCell ref="P10:R10"/>
+    <mergeCell ref="S18:U19"/>
+    <mergeCell ref="S20:U21"/>
+    <mergeCell ref="S22:U23"/>
+    <mergeCell ref="O18:R19"/>
+    <mergeCell ref="H20:J21"/>
+    <mergeCell ref="O22:R23"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="T11:U11"/>
+    <mergeCell ref="V44:Y44"/>
+    <mergeCell ref="V43:Y43"/>
+    <mergeCell ref="L41:P41"/>
+    <mergeCell ref="L42:P42"/>
+    <mergeCell ref="N44:P44"/>
+    <mergeCell ref="N43:P43"/>
+    <mergeCell ref="H22:J23"/>
+    <mergeCell ref="M16:N17"/>
+    <mergeCell ref="B14:AF14"/>
+    <mergeCell ref="O16:R17"/>
+    <mergeCell ref="V18:W19"/>
+    <mergeCell ref="E15:J15"/>
+    <mergeCell ref="H16:J17"/>
+    <mergeCell ref="E16:G17"/>
+    <mergeCell ref="B1:AF1"/>
+    <mergeCell ref="M11:N11"/>
+    <mergeCell ref="B36:AF36"/>
+    <mergeCell ref="C27:AD27"/>
+    <mergeCell ref="E18:G19"/>
+    <mergeCell ref="E20:G21"/>
+    <mergeCell ref="E22:G23"/>
+    <mergeCell ref="B18:B23"/>
+    <mergeCell ref="AC30:AD30"/>
+    <mergeCell ref="B28:AF28"/>
+    <mergeCell ref="B2:X2"/>
+    <mergeCell ref="E8:K8"/>
+    <mergeCell ref="N8:S8"/>
+    <mergeCell ref="E5:K5"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="M15:U15"/>
+    <mergeCell ref="M18:N19"/>
+    <mergeCell ref="H18:J19"/>
+    <mergeCell ref="V15:W17"/>
+    <mergeCell ref="AA15:AE15"/>
+    <mergeCell ref="V20:W23"/>
+    <mergeCell ref="S16:U17"/>
     <mergeCell ref="T10:U10"/>
     <mergeCell ref="O20:R21"/>
     <mergeCell ref="Y47:AA47"/>
     <mergeCell ref="AC11:AE11"/>
     <mergeCell ref="M20:N21"/>
     <mergeCell ref="M22:N23"/>
     <mergeCell ref="V42:Y42"/>
     <mergeCell ref="P47:Q47"/>
     <mergeCell ref="V39:AC39"/>
     <mergeCell ref="AB41:AC41"/>
     <mergeCell ref="AB42:AC42"/>
     <mergeCell ref="AB18:AD23"/>
     <mergeCell ref="D39:P39"/>
     <mergeCell ref="D43:I43"/>
     <mergeCell ref="D44:I44"/>
     <mergeCell ref="V41:Y41"/>
-    <mergeCell ref="M18:N19"/>
-[...52 lines deleted...]
-    <mergeCell ref="G10:H10"/>
   </mergeCells>
   <conditionalFormatting sqref="L18">
     <cfRule type="expression" dxfId="15" priority="117">
       <formula>AND(#REF!&lt;100000.5,#REF!&gt;0,#REF!&lt;1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L20">
     <cfRule type="expression" dxfId="14" priority="118">
       <formula>AND(#REF!&gt;100000,#REF!&lt;500000,#REF!&lt;1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L22">
     <cfRule type="expression" dxfId="13" priority="119">
       <formula>AND(#REF!&gt;499999.99,#REF!&lt;1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O18 V18">
     <cfRule type="expression" dxfId="12" priority="120">
       <formula>AND($H$18&lt;100000.5,$H$18&gt;0,$AC$17&gt;0,$AC$17&lt;50)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S18 V18">
     <cfRule type="expression" dxfId="11" priority="122">
       <formula>AND($H$18&lt;100000.5,$H$18&gt;0,$AC$17&gt;49)</formula>
     </cfRule>
@@ -16240,172 +16442,172 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr transitionEvaluation="1" codeName="Sheet1"/>
   <dimension ref="A1:J266"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A76" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="A93" activeCellId="1" sqref="A56:A58 A93:A95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.53515625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20" style="7" customWidth="1"/>
     <col min="2" max="2" width="7.23046875" style="7" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.765625" style="7" customWidth="1"/>
     <col min="4" max="4" width="7.23046875" style="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8" style="7" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.3046875" style="7" customWidth="1"/>
     <col min="7" max="7" width="8" style="7" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7.07421875" style="7" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.4609375" style="7" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.765625" style="7" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="13.53515625" style="7" customWidth="1"/>
     <col min="12" max="16384" width="13.53515625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="21.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="485" t="s">
+      <c r="A1" s="503" t="s">
         <v>2224</v>
       </c>
-      <c r="B1" s="486"/>
-[...7 lines deleted...]
-      <c r="J1" s="487"/>
+      <c r="B1" s="504"/>
+      <c r="C1" s="504"/>
+      <c r="D1" s="504"/>
+      <c r="E1" s="504"/>
+      <c r="F1" s="504"/>
+      <c r="G1" s="504"/>
+      <c r="H1" s="504"/>
+      <c r="I1" s="504"/>
+      <c r="J1" s="505"/>
     </row>
     <row r="2" spans="1:10" ht="19" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A2" s="488" t="s">
+      <c r="A2" s="506" t="s">
         <v>119</v>
       </c>
-      <c r="B2" s="489"/>
-[...7 lines deleted...]
-      <c r="J2" s="490"/>
+      <c r="B2" s="507"/>
+      <c r="C2" s="507"/>
+      <c r="D2" s="507"/>
+      <c r="E2" s="507"/>
+      <c r="F2" s="507"/>
+      <c r="G2" s="507"/>
+      <c r="H2" s="507"/>
+      <c r="I2" s="507"/>
+      <c r="J2" s="508"/>
     </row>
     <row r="3" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A3" s="496" t="s">
+      <c r="A3" s="493" t="s">
         <v>51</v>
       </c>
-      <c r="B3" s="497"/>
-[...1 lines deleted...]
-      <c r="D3" s="484" t="str">
+      <c r="B3" s="494"/>
+      <c r="C3" s="494"/>
+      <c r="D3" s="502" t="str">
         <f>IF('1. Proposal Details'!$E$5="","",'1. Proposal Details'!$E$5)</f>
         <v/>
       </c>
-      <c r="E3" s="484"/>
-      <c r="F3" s="484"/>
+      <c r="E3" s="502"/>
+      <c r="F3" s="502"/>
       <c r="G3" s="272"/>
       <c r="H3" s="265"/>
       <c r="I3" s="265"/>
       <c r="J3" s="21"/>
     </row>
     <row r="4" spans="1:10" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="A4" s="496" t="s">
+      <c r="A4" s="493" t="s">
         <v>2229</v>
       </c>
-      <c r="B4" s="497"/>
-      <c r="C4" s="497"/>
+      <c r="B4" s="494"/>
+      <c r="C4" s="494"/>
       <c r="D4" s="271" t="str">
         <f>IF('1. Proposal Details'!$E$10="","",'1. Proposal Details'!$E$10)</f>
         <v/>
       </c>
       <c r="E4" s="271" t="str">
         <f>IF('1. Proposal Details'!$G$10="","",'1. Proposal Details'!$G$10)</f>
         <v/>
       </c>
       <c r="F4" s="271" t="str">
         <f>IF('1. Proposal Details'!$M$10="","",'1. Proposal Details'!$M$10)</f>
         <v/>
       </c>
       <c r="G4" s="273"/>
       <c r="H4" s="266"/>
       <c r="I4" s="266"/>
       <c r="J4" s="21"/>
     </row>
     <row r="5" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="168"/>
       <c r="I5" s="8"/>
       <c r="J5" s="169"/>
     </row>
     <row r="6" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="257"/>
       <c r="B6" s="171"/>
       <c r="C6" s="171"/>
       <c r="D6" s="171"/>
       <c r="E6" s="171"/>
       <c r="F6" s="171"/>
       <c r="G6" s="171"/>
       <c r="H6" s="171"/>
-      <c r="I6" s="503" t="s">
+      <c r="I6" s="500" t="s">
         <v>180</v>
       </c>
       <c r="J6" s="252" t="s">
         <v>2225</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="258"/>
       <c r="B7" s="8"/>
       <c r="C7" s="8"/>
       <c r="D7" s="8"/>
       <c r="E7" s="8"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8"/>
-      <c r="I7" s="504"/>
+      <c r="I7" s="501"/>
       <c r="J7" s="253" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="250" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="251"/>
       <c r="C8" s="251"/>
       <c r="D8" s="251"/>
       <c r="E8" s="251"/>
       <c r="F8" s="251"/>
       <c r="G8" s="251"/>
       <c r="H8" s="251"/>
       <c r="I8" s="262"/>
       <c r="J8" s="170"/>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A9" s="493" t="s">
+      <c r="A9" s="488" t="s">
         <v>53</v>
       </c>
-      <c r="B9" s="494"/>
-      <c r="C9" s="494"/>
+      <c r="B9" s="489"/>
+      <c r="C9" s="489"/>
       <c r="D9" s="206"/>
       <c r="E9" s="206"/>
       <c r="F9" s="206"/>
       <c r="G9" s="206"/>
       <c r="H9" s="206"/>
       <c r="I9" s="195" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="199"/>
     </row>
     <row r="10" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="280" t="s">
         <v>55</v>
       </c>
       <c r="B10" s="255"/>
       <c r="C10" s="255"/>
       <c r="D10" s="255"/>
       <c r="E10" s="255"/>
       <c r="F10" s="255"/>
       <c r="G10" s="255"/>
       <c r="H10" s="263"/>
       <c r="I10" s="197" t="s">
         <v>56</v>
       </c>
       <c r="J10" s="238"/>
@@ -16420,55 +16622,55 @@
       <c r="E11" s="243"/>
       <c r="F11" s="243"/>
       <c r="G11" s="243"/>
       <c r="H11" s="243"/>
       <c r="I11" s="244"/>
       <c r="J11" s="264">
         <f>SUM(J9:J10)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" s="9" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="239" t="s">
         <v>57</v>
       </c>
       <c r="B12" s="240"/>
       <c r="C12" s="240"/>
       <c r="D12" s="240"/>
       <c r="E12" s="240"/>
       <c r="F12" s="240"/>
       <c r="G12" s="240"/>
       <c r="H12" s="240"/>
       <c r="I12" s="240"/>
       <c r="J12" s="241"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A13" s="493" t="s">
+      <c r="A13" s="488" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="494"/>
-      <c r="C13" s="494"/>
+      <c r="B13" s="489"/>
+      <c r="C13" s="489"/>
       <c r="D13" s="206"/>
       <c r="E13" s="206"/>
       <c r="F13" s="206"/>
       <c r="G13" s="206"/>
       <c r="H13" s="206"/>
       <c r="I13" s="195" t="s">
         <v>59</v>
       </c>
       <c r="J13" s="235"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A14" s="491" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="492"/>
       <c r="C14" s="492"/>
       <c r="D14" s="254"/>
       <c r="E14" s="254"/>
       <c r="F14" s="254"/>
       <c r="G14" s="254"/>
       <c r="H14" s="254"/>
       <c r="I14" s="196" t="s">
         <v>61</v>
       </c>
       <c r="J14" s="236"/>
@@ -16628,108 +16830,108 @@
       <c r="F24" s="254"/>
       <c r="G24" s="254"/>
       <c r="H24" s="254"/>
       <c r="I24" s="196" t="s">
         <v>81</v>
       </c>
       <c r="J24" s="236"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A25" s="491" t="s">
         <v>82</v>
       </c>
       <c r="B25" s="492"/>
       <c r="C25" s="492"/>
       <c r="D25" s="254"/>
       <c r="E25" s="254"/>
       <c r="F25" s="254"/>
       <c r="G25" s="254"/>
       <c r="H25" s="254"/>
       <c r="I25" s="196" t="s">
         <v>83</v>
       </c>
       <c r="J25" s="236"/>
     </row>
     <row r="26" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A26" s="498" t="s">
+      <c r="A26" s="495" t="s">
         <v>84</v>
       </c>
-      <c r="B26" s="499"/>
-      <c r="C26" s="499"/>
+      <c r="B26" s="496"/>
+      <c r="C26" s="496"/>
       <c r="D26" s="255"/>
       <c r="E26" s="255"/>
       <c r="F26" s="255"/>
       <c r="G26" s="255"/>
       <c r="H26" s="255"/>
       <c r="I26" s="196" t="s">
         <v>85</v>
       </c>
       <c r="J26" s="237"/>
     </row>
     <row r="27" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A27" s="500" t="s">
+      <c r="A27" s="497" t="s">
         <v>151</v>
       </c>
-      <c r="B27" s="501"/>
-[...6 lines deleted...]
-      <c r="I27" s="502"/>
+      <c r="B27" s="498"/>
+      <c r="C27" s="498"/>
+      <c r="D27" s="498"/>
+      <c r="E27" s="498"/>
+      <c r="F27" s="498"/>
+      <c r="G27" s="498"/>
+      <c r="H27" s="498"/>
+      <c r="I27" s="499"/>
       <c r="J27" s="167">
         <f>SUM(J13:J26)</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A28" s="172" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="173"/>
       <c r="C28" s="173"/>
       <c r="D28" s="173"/>
       <c r="E28" s="173"/>
       <c r="F28" s="173"/>
       <c r="G28" s="173"/>
       <c r="H28" s="173"/>
       <c r="I28" s="174"/>
       <c r="J28" s="175"/>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A29" s="493" t="s">
+      <c r="A29" s="488" t="s">
         <v>87</v>
       </c>
-      <c r="B29" s="494"/>
-[...6 lines deleted...]
-      <c r="I29" s="495"/>
+      <c r="B29" s="489"/>
+      <c r="C29" s="489"/>
+      <c r="D29" s="489"/>
+      <c r="E29" s="489"/>
+      <c r="F29" s="489"/>
+      <c r="G29" s="489"/>
+      <c r="H29" s="489"/>
+      <c r="I29" s="490"/>
       <c r="J29" s="200"/>
     </row>
     <row r="30" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A30" s="491" t="s">
         <v>125</v>
       </c>
       <c r="B30" s="492"/>
       <c r="C30" s="492"/>
       <c r="D30" s="492"/>
       <c r="E30" s="492"/>
       <c r="F30" s="492"/>
       <c r="G30" s="492"/>
       <c r="H30" s="492"/>
       <c r="I30" s="492"/>
       <c r="J30" s="201"/>
     </row>
     <row r="31" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="10" t="s">
         <v>152</v>
       </c>
       <c r="B31" s="248"/>
       <c r="C31" s="248"/>
       <c r="D31" s="248"/>
       <c r="E31" s="248"/>
       <c r="F31" s="248"/>
@@ -17082,122 +17284,122 @@
     <row r="52" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35">
       <c r="G52" s="179"/>
       <c r="H52" s="179"/>
       <c r="I52" s="179"/>
       <c r="J52" s="179"/>
     </row>
     <row r="53" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35">
       <c r="G53" s="179"/>
       <c r="H53" s="179"/>
       <c r="I53" s="179"/>
       <c r="J53" s="179"/>
     </row>
     <row r="54" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35">
       <c r="G54" s="179"/>
       <c r="H54" s="179"/>
       <c r="I54" s="179"/>
       <c r="J54" s="179"/>
     </row>
     <row r="55" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35">
       <c r="G55" s="179"/>
       <c r="H55" s="179"/>
       <c r="I55" s="179"/>
       <c r="J55" s="179"/>
     </row>
     <row r="56" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A56" s="520" t="s">
+      <c r="A56" s="358" t="s">
         <v>59</v>
       </c>
       <c r="G56" s="179"/>
       <c r="H56" s="179"/>
       <c r="I56" s="179"/>
       <c r="J56" s="179"/>
     </row>
     <row r="57" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A57" s="520" t="s">
+      <c r="A57" s="358" t="s">
         <v>63</v>
       </c>
       <c r="G57" s="179"/>
       <c r="H57" s="179"/>
       <c r="I57" s="179"/>
       <c r="J57" s="179"/>
     </row>
     <row r="58" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A58" s="520" t="s">
+      <c r="A58" s="358" t="s">
         <v>67</v>
       </c>
       <c r="G58" s="179"/>
       <c r="H58" s="179"/>
       <c r="I58" s="179"/>
       <c r="J58" s="179"/>
     </row>
     <row r="59" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="60" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="61" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="62" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="63" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="64" spans="1:10" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="65" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="66" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="67" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="68" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="69" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="70" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="71" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="72" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="73" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="74" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="75" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="76" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="77" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="78" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="79" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="80" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="81" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="82" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="83" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="84" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="85" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="86" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="87" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="88" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="89" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="90" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="91" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="92" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="93" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A93" s="520" t="s">
+      <c r="A93" s="358" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="94" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A94" s="520" t="s">
+      <c r="A94" s="358" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="95" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A95" s="520" t="s">
+      <c r="A95" s="358" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="96" spans="1:1" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="97" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="98" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="99" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="100" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="101" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="102" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="103" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="104" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="105" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="106" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="107" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="108" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="109" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="110" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="111" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="112" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="113" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="114" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="115" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="116" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="117" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
@@ -17342,74 +17544,74 @@
     <row r="256" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="257" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="258" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="259" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="260" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="261" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="262" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="263" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="264" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="265" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
     <row r="266" s="2" customFormat="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <sheetProtection formatCells="0" insertRows="0"/>
   <protectedRanges>
     <protectedRange sqref="J29:J30" name="OtherChanges"/>
     <protectedRange sqref="Z1:BR5 Y60:BQ62 AA34:BS47 Z63:BR65489 W6:BO33 Z48:BR59" name="Right"/>
     <protectedRange sqref="E47:H47 F35:H46 E48:J859 A47:D859 A34:J34" name="Personnel Detail"/>
     <protectedRange sqref="J13:J26" name="Expense"/>
     <protectedRange sqref="J9:J10" name="Revenue"/>
     <protectedRange sqref="J29:J30" name="Working Capital"/>
     <protectedRange sqref="Y60:IW62 AA47:IY47 Z63:IX100 Z48:IX59 A47:C100 D47:H47 D48:J100" name="Bottom"/>
     <protectedRange sqref="D4:F4" name="Activity Info_1"/>
     <protectedRange sqref="A35:E46" name="Personnel Detail_2"/>
   </protectedRanges>
   <mergeCells count="24">
+    <mergeCell ref="D3:F3"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="A20:C20"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="A15:C15"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A30:I30"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="A27:I27"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="A21:C21"/>
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A16:C16"/>
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="A19:C19"/>
-    <mergeCell ref="D3:F3"/>
-[...6 lines deleted...]
-    <mergeCell ref="A15:C15"/>
   </mergeCells>
   <conditionalFormatting sqref="J33">
     <cfRule type="cellIs" dxfId="1" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>-0.49</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="2" stopIfTrue="1" operator="greaterThan">
       <formula>0.49</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="771" yWindow="1055" count="4">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Personnel Plan Accounts" prompt="5000C=Faculty_x000a_5020C=Non-Faculty Acad_x000a_5050C=Staff" sqref="D36:D45" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>$A$93:$A$95</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="notEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Net Position" error="must balance to zero (revenue must offset adjusted expense for rate calculation)." promptTitle="Net Position" prompt="must balance to zero (revenue must offset adjusted expense for rate calculation)." sqref="J33" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Working Capital " error="may not exceed 2 months of planned expenses." promptTitle="Working Capital " prompt="may not exceed 2 months of planned expenses." sqref="J30" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>J30/J29&lt;0.16666</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Working Capital " error="may not exceed 2 months of planned expenses." promptTitle="Working Capital " prompt="may not exceed 2 months of planned expenses." sqref="J29" xr:uid="{00000000-0002-0000-0100-000003000000}">
       <formula1>J29/J27&lt;0.16666</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1" headings="1" gridLinesSet="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -17418,82 +17620,82 @@
     <oddFooter>&amp;C&amp;"Helv,Bold"PROPOSAL PAGE 3</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:Q566"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="1.53515625" customWidth="1"/>
     <col min="2" max="2" width="4.3046875" customWidth="1"/>
     <col min="3" max="3" width="15.3828125" customWidth="1"/>
     <col min="4" max="5" width="8.69140625" customWidth="1"/>
     <col min="6" max="9" width="10.07421875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:17" s="2" customFormat="1" ht="23.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.65">
-      <c r="B1" s="505" t="s">
+      <c r="B1" s="509" t="s">
         <v>2224</v>
       </c>
-      <c r="C1" s="506"/>
-[...7 lines deleted...]
-      <c r="K1" s="507"/>
+      <c r="C1" s="510"/>
+      <c r="D1" s="510"/>
+      <c r="E1" s="510"/>
+      <c r="F1" s="510"/>
+      <c r="G1" s="510"/>
+      <c r="H1" s="510"/>
+      <c r="I1" s="510"/>
+      <c r="J1" s="510"/>
+      <c r="K1" s="511"/>
       <c r="L1" s="17"/>
       <c r="M1" s="17"/>
       <c r="N1" s="17"/>
       <c r="O1" s="17"/>
       <c r="P1" s="17"/>
       <c r="Q1" s="17"/>
     </row>
     <row r="2" spans="2:17" s="3" customFormat="1" ht="19" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="508" t="s">
+      <c r="B2" s="512" t="s">
         <v>109</v>
       </c>
-      <c r="C2" s="509"/>
-[...7 lines deleted...]
-      <c r="K2" s="510"/>
+      <c r="C2" s="513"/>
+      <c r="D2" s="513"/>
+      <c r="E2" s="513"/>
+      <c r="F2" s="513"/>
+      <c r="G2" s="513"/>
+      <c r="H2" s="513"/>
+      <c r="I2" s="513"/>
+      <c r="J2" s="513"/>
+      <c r="K2" s="514"/>
       <c r="L2" s="13"/>
       <c r="M2" s="13"/>
       <c r="N2" s="13"/>
       <c r="O2" s="13"/>
       <c r="P2" s="13"/>
       <c r="Q2" s="13"/>
     </row>
     <row r="3" spans="2:17" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B3" s="178" t="s">
         <v>184</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row r="4" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B4" s="311"/>
       <c r="C4" s="312" t="s">
         <v>146</v>
       </c>
       <c r="D4" s="306"/>
       <c r="E4" s="306"/>
@@ -17536,54 +17738,54 @@
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="K7" s="301"/>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B8" s="315"/>
       <c r="C8" s="178" t="s">
         <v>148</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="K8" s="301"/>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B9" s="315"/>
       <c r="C9" s="178" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="2"/>
-      <c r="E9" s="511"/>
-[...2 lines deleted...]
-      <c r="H9" s="511"/>
+      <c r="E9" s="515"/>
+      <c r="F9" s="515"/>
+      <c r="G9" s="515"/>
+      <c r="H9" s="515"/>
       <c r="K9" s="301"/>
     </row>
     <row r="10" spans="2:17" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B10" s="316"/>
       <c r="C10" s="309"/>
       <c r="D10" s="309"/>
       <c r="E10" s="309"/>
       <c r="F10" s="309"/>
       <c r="G10" s="309"/>
       <c r="H10" s="309"/>
       <c r="I10" s="310"/>
       <c r="J10" s="310"/>
       <c r="K10" s="305"/>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B11" s="179" t="s">
         <v>185</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
@@ -18520,87 +18722,87 @@
     <col min="15873" max="15873" width="12" style="7" bestFit="1" customWidth="1"/>
     <col min="15874" max="15874" width="10.07421875" style="7" bestFit="1" customWidth="1"/>
     <col min="15875" max="15875" width="10.53515625" style="7" customWidth="1"/>
     <col min="15876" max="15876" width="8.84375" style="7"/>
     <col min="15877" max="15877" width="11" style="7" customWidth="1"/>
     <col min="15878" max="15880" width="8.84375" style="7"/>
     <col min="15881" max="15881" width="9.53515625" style="7" customWidth="1"/>
     <col min="15882" max="15883" width="8.07421875" style="7" customWidth="1"/>
     <col min="15884" max="16125" width="8.84375" style="7"/>
     <col min="16126" max="16126" width="5" style="7" customWidth="1"/>
     <col min="16127" max="16127" width="4" style="7" customWidth="1"/>
     <col min="16128" max="16128" width="35.765625" style="7" customWidth="1"/>
     <col min="16129" max="16129" width="12" style="7" bestFit="1" customWidth="1"/>
     <col min="16130" max="16130" width="10.07421875" style="7" bestFit="1" customWidth="1"/>
     <col min="16131" max="16131" width="10.53515625" style="7" customWidth="1"/>
     <col min="16132" max="16132" width="8.84375" style="7"/>
     <col min="16133" max="16133" width="11" style="7" customWidth="1"/>
     <col min="16134" max="16136" width="8.84375" style="7"/>
     <col min="16137" max="16137" width="9.53515625" style="7" customWidth="1"/>
     <col min="16138" max="16139" width="8.07421875" style="7" customWidth="1"/>
     <col min="16140" max="16381" width="8.84375" style="7"/>
     <col min="16382" max="16384" width="8.765625" style="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" ht="21.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B1" s="512" t="s">
+      <c r="B1" s="516" t="s">
         <v>2224</v>
       </c>
-      <c r="C1" s="486"/>
-[...1 lines deleted...]
-      <c r="E1" s="487"/>
+      <c r="C1" s="504"/>
+      <c r="D1" s="504"/>
+      <c r="E1" s="505"/>
       <c r="F1" s="187"/>
     </row>
     <row r="2" spans="2:6" ht="19" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="513" t="s">
+      <c r="B2" s="517" t="s">
         <v>120</v>
       </c>
-      <c r="C2" s="489"/>
-[...1 lines deleted...]
-      <c r="E2" s="490"/>
+      <c r="C2" s="507"/>
+      <c r="D2" s="507"/>
+      <c r="E2" s="508"/>
       <c r="F2" s="13"/>
     </row>
     <row r="3" spans="2:6" ht="18.5" x14ac:dyDescent="0.45">
       <c r="B3" s="168"/>
       <c r="C3" s="12"/>
       <c r="D3" s="12"/>
       <c r="E3" s="21"/>
       <c r="F3" s="12"/>
     </row>
     <row r="4" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B4" s="168"/>
-      <c r="C4" s="514" t="s">
+      <c r="C4" s="518" t="s">
         <v>153</v>
       </c>
-      <c r="D4" s="514"/>
+      <c r="D4" s="518"/>
       <c r="E4" s="253"/>
       <c r="F4" s="282"/>
     </row>
     <row r="5" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B5" s="168"/>
-      <c r="C5" s="514"/>
-      <c r="D5" s="514"/>
+      <c r="C5" s="518"/>
+      <c r="D5" s="518"/>
       <c r="E5" s="253"/>
       <c r="F5" s="282"/>
     </row>
     <row r="6" spans="2:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B6" s="168"/>
       <c r="E6" s="22"/>
     </row>
     <row r="7" spans="2:6" ht="51.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B7" s="168"/>
       <c r="C7" s="289" t="s">
         <v>149</v>
       </c>
       <c r="D7" s="290" t="s">
         <v>2227</v>
       </c>
       <c r="E7" s="283"/>
       <c r="F7" s="265"/>
     </row>
     <row r="8" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B8" s="168"/>
       <c r="C8" s="284" t="s">
         <v>101</v>
       </c>
       <c r="D8" s="285"/>
       <c r="E8" s="22"/>
@@ -18705,246 +18907,380 @@
     </row>
     <row r="22" spans="2:6" s="6" customFormat="1" ht="18.5" x14ac:dyDescent="0.45"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="C4:D5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.75" top="1" bottom="0.5" header="0.5" footer="0.25"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Helv,Bold"PROPOSAL PAGE 6</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:K17"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I11" sqref="I11"/>
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.765625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.07421875" style="7" customWidth="1"/>
     <col min="2" max="2" width="38.765625" style="7" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="5.69140625" style="7" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7.4609375" style="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.69140625" style="7" bestFit="1" customWidth="1"/>
-    <col min="6" max="16384" width="8.765625" style="7"/>
+    <col min="6" max="6" width="8.765625" style="7"/>
+    <col min="7" max="7" width="38.765625" style="7" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="5.69140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="7.4609375" style="7" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="8.69140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.765625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="21.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B1" s="505" t="s">
+      <c r="B1" s="509" t="s">
         <v>2224</v>
       </c>
-      <c r="C1" s="506"/>
-[...1 lines deleted...]
-      <c r="E1" s="507"/>
+      <c r="C1" s="510"/>
+      <c r="D1" s="510"/>
+      <c r="E1" s="511"/>
       <c r="F1" s="16"/>
-      <c r="G1" s="16"/>
-[...2 lines deleted...]
-      <c r="J1" s="16"/>
+      <c r="G1" s="509" t="s">
+        <v>2245</v>
+      </c>
+      <c r="H1" s="510"/>
+      <c r="I1" s="510"/>
+      <c r="J1" s="511"/>
       <c r="K1" s="16"/>
     </row>
     <row r="2" spans="2:11" ht="19" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="508" t="s">
+      <c r="B2" s="512" t="s">
         <v>121</v>
       </c>
-      <c r="C2" s="509"/>
-[...1 lines deleted...]
-      <c r="E2" s="510"/>
+      <c r="C2" s="513"/>
+      <c r="D2" s="513"/>
+      <c r="E2" s="514"/>
       <c r="F2" s="13"/>
-      <c r="G2" s="13"/>
-[...2 lines deleted...]
-      <c r="J2" s="13"/>
+      <c r="G2" s="512" t="s">
+        <v>121</v>
+      </c>
+      <c r="H2" s="513"/>
+      <c r="I2" s="513"/>
+      <c r="J2" s="514"/>
       <c r="K2" s="13"/>
     </row>
     <row r="3" spans="2:11" s="180" customFormat="1" ht="34" x14ac:dyDescent="0.4">
       <c r="B3" s="185" t="s">
         <v>102</v>
       </c>
       <c r="C3" s="186" t="s">
         <v>169</v>
       </c>
       <c r="D3" s="281" t="s">
         <v>132</v>
       </c>
       <c r="E3" s="355" t="s">
         <v>133</v>
       </c>
+      <c r="G3" s="185" t="s">
+        <v>102</v>
+      </c>
+      <c r="H3" s="186" t="s">
+        <v>169</v>
+      </c>
+      <c r="I3" s="281" t="s">
+        <v>132</v>
+      </c>
+      <c r="J3" s="355" t="s">
+        <v>133</v>
+      </c>
     </row>
     <row r="4" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B4" s="168" t="s">
         <v>101</v>
       </c>
       <c r="C4" s="184"/>
       <c r="D4" s="192"/>
       <c r="E4" s="354">
-        <f>IFERROR(D4*1.395, )</f>
+        <f>IFERROR(D4*1.33, )</f>
+        <v>0</v>
+      </c>
+      <c r="G4" s="168" t="s">
+        <v>101</v>
+      </c>
+      <c r="H4" s="184"/>
+      <c r="I4" s="192"/>
+      <c r="J4" s="354">
+        <f>IFERROR(I4*1.395, )</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B5" s="168" t="s">
         <v>90</v>
       </c>
       <c r="C5" s="184"/>
       <c r="D5" s="181"/>
       <c r="E5" s="193">
-        <f t="shared" ref="E5:E15" si="0">IFERROR(D5*1.395, )</f>
+        <f>IFERROR(D5*1.33, )</f>
+        <v>0</v>
+      </c>
+      <c r="G5" s="168" t="s">
+        <v>90</v>
+      </c>
+      <c r="H5" s="184"/>
+      <c r="I5" s="181"/>
+      <c r="J5" s="193">
+        <f t="shared" ref="J5:J15" si="0">IFERROR(I5*1.395, )</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B6" s="168" t="s">
         <v>91</v>
       </c>
       <c r="C6" s="184"/>
       <c r="D6" s="181"/>
       <c r="E6" s="193">
+        <f t="shared" ref="E6:E14" si="1">IFERROR(D6*1.33, )</f>
+        <v>0</v>
+      </c>
+      <c r="G6" s="168" t="s">
+        <v>91</v>
+      </c>
+      <c r="H6" s="184"/>
+      <c r="I6" s="181"/>
+      <c r="J6" s="193">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B7" s="168" t="s">
         <v>92</v>
       </c>
       <c r="C7" s="184"/>
       <c r="D7" s="181"/>
       <c r="E7" s="193">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G7" s="168" t="s">
+        <v>92</v>
+      </c>
+      <c r="H7" s="184"/>
+      <c r="I7" s="181"/>
+      <c r="J7" s="193">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B8" s="168" t="s">
         <v>93</v>
       </c>
       <c r="C8" s="184"/>
       <c r="D8" s="181"/>
       <c r="E8" s="193">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G8" s="168" t="s">
+        <v>93</v>
+      </c>
+      <c r="H8" s="184"/>
+      <c r="I8" s="181"/>
+      <c r="J8" s="193">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B9" s="168" t="s">
         <v>94</v>
       </c>
       <c r="C9" s="184"/>
       <c r="D9" s="181"/>
       <c r="E9" s="193">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G9" s="168" t="s">
+        <v>94</v>
+      </c>
+      <c r="H9" s="184"/>
+      <c r="I9" s="181"/>
+      <c r="J9" s="193">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B10" s="168" t="s">
         <v>95</v>
       </c>
       <c r="C10" s="184"/>
       <c r="D10" s="181"/>
       <c r="E10" s="193">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G10" s="168" t="s">
+        <v>95</v>
+      </c>
+      <c r="H10" s="184"/>
+      <c r="I10" s="181"/>
+      <c r="J10" s="193">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B11" s="168" t="s">
         <v>96</v>
       </c>
       <c r="C11" s="184"/>
       <c r="D11" s="181"/>
       <c r="E11" s="193">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G11" s="168" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11" s="184"/>
+      <c r="I11" s="181"/>
+      <c r="J11" s="193">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B12" s="168" t="s">
         <v>97</v>
       </c>
       <c r="C12" s="184"/>
       <c r="D12" s="181"/>
       <c r="E12" s="193">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G12" s="168" t="s">
+        <v>97</v>
+      </c>
+      <c r="H12" s="184"/>
+      <c r="I12" s="181"/>
+      <c r="J12" s="193">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B13" s="168" t="s">
         <v>98</v>
       </c>
       <c r="C13" s="184"/>
       <c r="D13" s="181"/>
       <c r="E13" s="193">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G13" s="168" t="s">
+        <v>98</v>
+      </c>
+      <c r="H13" s="184"/>
+      <c r="I13" s="181"/>
+      <c r="J13" s="193">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B14" s="168" t="s">
         <v>99</v>
       </c>
       <c r="C14" s="184"/>
       <c r="D14" s="181"/>
       <c r="E14" s="193">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="G14" s="168" t="s">
+        <v>99</v>
+      </c>
+      <c r="H14" s="184"/>
+      <c r="I14" s="181"/>
+      <c r="J14" s="193">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:11" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B15" s="356" t="s">
         <v>100</v>
       </c>
       <c r="C15" s="194"/>
       <c r="D15" s="182"/>
       <c r="E15" s="357">
+        <f>IFERROR(D15*1.33, )</f>
+        <v>0</v>
+      </c>
+      <c r="G15" s="356" t="s">
+        <v>100</v>
+      </c>
+      <c r="H15" s="194"/>
+      <c r="I15" s="182"/>
+      <c r="J15" s="357">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="2:2" x14ac:dyDescent="0.35">
+    <row r="17" spans="2:7" x14ac:dyDescent="0.35">
       <c r="B17" s="7" t="s">
+        <v>2246</v>
+      </c>
+      <c r="G17" s="7" t="s">
         <v>2230</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="4">
     <mergeCell ref="B1:E1"/>
     <mergeCell ref="B2:E2"/>
+    <mergeCell ref="G1:J1"/>
+    <mergeCell ref="G2:J2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.75" top="1" bottom="0.5" header="0.5" footer="0.25"/>
   <pageSetup scale="77" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Helv,Bold"PROPOSAL PAGE 7</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:R38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.3046875" style="7" customWidth="1"/>
     <col min="2" max="4" width="7.69140625" style="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.4609375" style="7" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.765625" style="7" bestFit="1" customWidth="1"/>
@@ -19570,90 +19906,90 @@
     <col min="15633" max="15633" width="10.07421875" style="7" customWidth="1"/>
     <col min="15634" max="15871" width="9.23046875" style="7"/>
     <col min="15872" max="15872" width="3.53515625" style="7" customWidth="1"/>
     <col min="15873" max="15873" width="7.765625" style="7" customWidth="1"/>
     <col min="15874" max="15874" width="7.53515625" style="7" customWidth="1"/>
     <col min="15875" max="15875" width="9.4609375" style="7" customWidth="1"/>
     <col min="15876" max="15876" width="18.765625" style="7" customWidth="1"/>
     <col min="15877" max="15878" width="10" style="7" customWidth="1"/>
     <col min="15879" max="15887" width="9.53515625" style="7" customWidth="1"/>
     <col min="15888" max="15888" width="12.765625" style="7" bestFit="1" customWidth="1"/>
     <col min="15889" max="15889" width="10.07421875" style="7" customWidth="1"/>
     <col min="15890" max="16127" width="9.23046875" style="7"/>
     <col min="16128" max="16128" width="3.53515625" style="7" customWidth="1"/>
     <col min="16129" max="16129" width="7.765625" style="7" customWidth="1"/>
     <col min="16130" max="16130" width="7.53515625" style="7" customWidth="1"/>
     <col min="16131" max="16131" width="9.4609375" style="7" customWidth="1"/>
     <col min="16132" max="16132" width="18.765625" style="7" customWidth="1"/>
     <col min="16133" max="16134" width="10" style="7" customWidth="1"/>
     <col min="16135" max="16143" width="9.53515625" style="7" customWidth="1"/>
     <col min="16144" max="16144" width="12.765625" style="7" bestFit="1" customWidth="1"/>
     <col min="16145" max="16145" width="10.07421875" style="7" customWidth="1"/>
     <col min="16146" max="16384" width="9.23046875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:18" s="2" customFormat="1" ht="21.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B1" s="505" t="s">
+      <c r="B1" s="509" t="s">
         <v>2228</v>
       </c>
-      <c r="C1" s="506"/>
-[...14 lines deleted...]
-      <c r="R1" s="507"/>
+      <c r="C1" s="510"/>
+      <c r="D1" s="510"/>
+      <c r="E1" s="510"/>
+      <c r="F1" s="510"/>
+      <c r="G1" s="510"/>
+      <c r="H1" s="510"/>
+      <c r="I1" s="510"/>
+      <c r="J1" s="510"/>
+      <c r="K1" s="510"/>
+      <c r="L1" s="510"/>
+      <c r="M1" s="510"/>
+      <c r="N1" s="510"/>
+      <c r="O1" s="510"/>
+      <c r="P1" s="510"/>
+      <c r="Q1" s="510"/>
+      <c r="R1" s="511"/>
     </row>
     <row r="2" spans="2:18" s="2" customFormat="1" ht="19" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B2" s="508" t="s">
+      <c r="B2" s="512" t="s">
         <v>49</v>
       </c>
-      <c r="C2" s="509"/>
-[...14 lines deleted...]
-      <c r="R2" s="510"/>
+      <c r="C2" s="513"/>
+      <c r="D2" s="513"/>
+      <c r="E2" s="513"/>
+      <c r="F2" s="513"/>
+      <c r="G2" s="513"/>
+      <c r="H2" s="513"/>
+      <c r="I2" s="513"/>
+      <c r="J2" s="513"/>
+      <c r="K2" s="513"/>
+      <c r="L2" s="513"/>
+      <c r="M2" s="513"/>
+      <c r="N2" s="513"/>
+      <c r="O2" s="513"/>
+      <c r="P2" s="513"/>
+      <c r="Q2" s="513"/>
+      <c r="R2" s="514"/>
     </row>
     <row r="3" spans="2:18" x14ac:dyDescent="0.35">
       <c r="B3" s="168"/>
       <c r="E3" s="8"/>
       <c r="R3" s="22"/>
     </row>
     <row r="4" spans="2:18" x14ac:dyDescent="0.35">
       <c r="B4" s="168"/>
       <c r="E4" s="7" t="s">
         <v>25</v>
       </c>
       <c r="Q4" s="320"/>
       <c r="R4" s="22"/>
     </row>
     <row r="5" spans="2:18" x14ac:dyDescent="0.35">
       <c r="B5" s="168"/>
       <c r="E5" s="273" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="273"/>
       <c r="G5" s="273"/>
       <c r="H5" s="273"/>
       <c r="I5" s="273"/>
       <c r="J5" s="273"/>
       <c r="K5" s="273"/>
@@ -19704,68 +20040,68 @@
       <c r="B8" s="168"/>
       <c r="E8" s="273" t="s">
         <v>27</v>
       </c>
       <c r="F8" s="273"/>
       <c r="G8" s="273"/>
       <c r="H8" s="273"/>
       <c r="I8" s="273"/>
       <c r="J8" s="273"/>
       <c r="Q8" s="320"/>
       <c r="R8" s="22"/>
     </row>
     <row r="9" spans="2:18" x14ac:dyDescent="0.35">
       <c r="B9" s="168"/>
       <c r="E9" s="273" t="s">
         <v>28</v>
       </c>
       <c r="F9" s="273"/>
       <c r="G9" s="273"/>
       <c r="H9" s="273"/>
       <c r="I9" s="273"/>
       <c r="R9" s="22"/>
     </row>
     <row r="10" spans="2:18" x14ac:dyDescent="0.35">
       <c r="B10" s="168"/>
-      <c r="E10" s="516" t="s">
+      <c r="E10" s="520" t="s">
         <v>170</v>
       </c>
-      <c r="F10" s="516"/>
-      <c r="G10" s="516"/>
+      <c r="F10" s="520"/>
+      <c r="G10" s="520"/>
       <c r="H10" s="273"/>
       <c r="R10" s="22"/>
     </row>
     <row r="11" spans="2:18" x14ac:dyDescent="0.35">
       <c r="B11" s="168"/>
       <c r="R11" s="22"/>
     </row>
     <row r="12" spans="2:18" x14ac:dyDescent="0.35">
       <c r="B12" s="168"/>
-      <c r="E12" s="517" t="s">
+      <c r="E12" s="521" t="s">
         <v>29</v>
       </c>
-      <c r="F12" s="517"/>
+      <c r="F12" s="521"/>
       <c r="G12" s="291"/>
       <c r="H12" s="291"/>
       <c r="I12" s="322" t="str">
         <f>IF('1. Proposal Details'!$E$5="","",'1. Proposal Details'!$E$5)</f>
         <v/>
       </c>
       <c r="J12" s="323"/>
       <c r="K12" s="323"/>
       <c r="L12" s="323"/>
       <c r="M12" s="323"/>
       <c r="R12" s="22"/>
     </row>
     <row r="13" spans="2:18" x14ac:dyDescent="0.35">
       <c r="B13" s="168"/>
       <c r="R13" s="22"/>
     </row>
     <row r="14" spans="2:18" s="265" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B14" s="324" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="325"/>
       <c r="D14" s="325"/>
       <c r="E14" s="273"/>
       <c r="F14" s="273"/>
       <c r="L14" s="265" t="s">
@@ -20287,235 +20623,235 @@
         <v/>
       </c>
       <c r="M26" s="340"/>
       <c r="N26" s="331" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="O26" s="331" t="str">
         <f>IFERROR(VLOOKUP(H26,EULID!A:B,2),"")</f>
         <v/>
       </c>
       <c r="P26" s="341" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q26" s="347"/>
       <c r="R26" s="330" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
     </row>
     <row r="27" spans="2:18" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B27" s="292"/>
       <c r="C27" s="293"/>
       <c r="D27" s="293"/>
-      <c r="E27" s="518" t="s">
+      <c r="E27" s="522" t="s">
         <v>186</v>
       </c>
-      <c r="F27" s="518"/>
-[...8 lines deleted...]
-      <c r="O27" s="519"/>
+      <c r="F27" s="522"/>
+      <c r="G27" s="522"/>
+      <c r="H27" s="522"/>
+      <c r="I27" s="522"/>
+      <c r="J27" s="522"/>
+      <c r="K27" s="522"/>
+      <c r="L27" s="522"/>
+      <c r="M27" s="522"/>
+      <c r="N27" s="522"/>
+      <c r="O27" s="523"/>
       <c r="P27" s="294">
         <f>SUM(P16:P26)</f>
         <v>0</v>
       </c>
       <c r="Q27" s="293"/>
       <c r="R27" s="295"/>
     </row>
     <row r="38" spans="2:14" x14ac:dyDescent="0.35">
-      <c r="B38" s="515"/>
-[...11 lines deleted...]
-      <c r="N38" s="515"/>
+      <c r="B38" s="519"/>
+      <c r="C38" s="519"/>
+      <c r="D38" s="519"/>
+      <c r="E38" s="519"/>
+      <c r="F38" s="519"/>
+      <c r="G38" s="519"/>
+      <c r="H38" s="519"/>
+      <c r="I38" s="519"/>
+      <c r="J38" s="519"/>
+      <c r="K38" s="519"/>
+      <c r="L38" s="519"/>
+      <c r="M38" s="519"/>
+      <c r="N38" s="519"/>
     </row>
   </sheetData>
   <sheetProtection formatRows="0" insertRows="0" sort="0"/>
   <protectedRanges>
     <protectedRange sqref="A29:IT30 A32:IT83 A31:D31 F31:IT31" name="Bottom"/>
     <protectedRange sqref="R15:S28" name="future year depreciation"/>
     <protectedRange sqref="E17:J27" name="Equipment Info"/>
     <protectedRange sqref="L17:L27" name="Percent Use"/>
     <protectedRange sqref="N17:N27" name="Useful Life"/>
     <protectedRange sqref="O27" name="Current Year Depr"/>
     <protectedRange sqref="P27" name="Start Date"/>
     <protectedRange sqref="E5:E6 E8:E10 T7:AV8 S1:AY6 T9:AY14 R1:R14 R15:AY65536 S13:S14" name="Right"/>
   </protectedRanges>
   <mergeCells count="6">
     <mergeCell ref="B38:N38"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="B1:R1"/>
     <mergeCell ref="B2:R2"/>
     <mergeCell ref="E27:O27"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Equipment Tag Number" error="Equipment Tag Number is 9 digits" promptTitle="Asset ID" prompt="This text formatted cell requires a complete 12-digit Asset ID_x000a_" sqref="WVN983056:WVN983066 JB16:JB26 SX16:SX26 ACT16:ACT26 AMP16:AMP26 AWL16:AWL26 BGH16:BGH26 BQD16:BQD26 BZZ16:BZZ26 CJV16:CJV26 CTR16:CTR26 DDN16:DDN26 DNJ16:DNJ26 DXF16:DXF26 EHB16:EHB26 EQX16:EQX26 FAT16:FAT26 FKP16:FKP26 FUL16:FUL26 GEH16:GEH26 GOD16:GOD26 GXZ16:GXZ26 HHV16:HHV26 HRR16:HRR26 IBN16:IBN26 ILJ16:ILJ26 IVF16:IVF26 JFB16:JFB26 JOX16:JOX26 JYT16:JYT26 KIP16:KIP26 KSL16:KSL26 LCH16:LCH26 LMD16:LMD26 LVZ16:LVZ26 MFV16:MFV26 MPR16:MPR26 MZN16:MZN26 NJJ16:NJJ26 NTF16:NTF26 ODB16:ODB26 OMX16:OMX26 OWT16:OWT26 PGP16:PGP26 PQL16:PQL26 QAH16:QAH26 QKD16:QKD26 QTZ16:QTZ26 RDV16:RDV26 RNR16:RNR26 RXN16:RXN26 SHJ16:SHJ26 SRF16:SRF26 TBB16:TBB26 TKX16:TKX26 TUT16:TUT26 UEP16:UEP26 UOL16:UOL26 UYH16:UYH26 VID16:VID26 VRZ16:VRZ26 WBV16:WBV26 WLR16:WLR26 WVN16:WVN26 G65552:H65562 JB65552:JB65562 SX65552:SX65562 ACT65552:ACT65562 AMP65552:AMP65562 AWL65552:AWL65562 BGH65552:BGH65562 BQD65552:BQD65562 BZZ65552:BZZ65562 CJV65552:CJV65562 CTR65552:CTR65562 DDN65552:DDN65562 DNJ65552:DNJ65562 DXF65552:DXF65562 EHB65552:EHB65562 EQX65552:EQX65562 FAT65552:FAT65562 FKP65552:FKP65562 FUL65552:FUL65562 GEH65552:GEH65562 GOD65552:GOD65562 GXZ65552:GXZ65562 HHV65552:HHV65562 HRR65552:HRR65562 IBN65552:IBN65562 ILJ65552:ILJ65562 IVF65552:IVF65562 JFB65552:JFB65562 JOX65552:JOX65562 JYT65552:JYT65562 KIP65552:KIP65562 KSL65552:KSL65562 LCH65552:LCH65562 LMD65552:LMD65562 LVZ65552:LVZ65562 MFV65552:MFV65562 MPR65552:MPR65562 MZN65552:MZN65562 NJJ65552:NJJ65562 NTF65552:NTF65562 ODB65552:ODB65562 OMX65552:OMX65562 OWT65552:OWT65562 PGP65552:PGP65562 PQL65552:PQL65562 QAH65552:QAH65562 QKD65552:QKD65562 QTZ65552:QTZ65562 RDV65552:RDV65562 RNR65552:RNR65562 RXN65552:RXN65562 SHJ65552:SHJ65562 SRF65552:SRF65562 TBB65552:TBB65562 TKX65552:TKX65562 TUT65552:TUT65562 UEP65552:UEP65562 UOL65552:UOL65562 UYH65552:UYH65562 VID65552:VID65562 VRZ65552:VRZ65562 WBV65552:WBV65562 WLR65552:WLR65562 WVN65552:WVN65562 G131088:H131098 JB131088:JB131098 SX131088:SX131098 ACT131088:ACT131098 AMP131088:AMP131098 AWL131088:AWL131098 BGH131088:BGH131098 BQD131088:BQD131098 BZZ131088:BZZ131098 CJV131088:CJV131098 CTR131088:CTR131098 DDN131088:DDN131098 DNJ131088:DNJ131098 DXF131088:DXF131098 EHB131088:EHB131098 EQX131088:EQX131098 FAT131088:FAT131098 FKP131088:FKP131098 FUL131088:FUL131098 GEH131088:GEH131098 GOD131088:GOD131098 GXZ131088:GXZ131098 HHV131088:HHV131098 HRR131088:HRR131098 IBN131088:IBN131098 ILJ131088:ILJ131098 IVF131088:IVF131098 JFB131088:JFB131098 JOX131088:JOX131098 JYT131088:JYT131098 KIP131088:KIP131098 KSL131088:KSL131098 LCH131088:LCH131098 LMD131088:LMD131098 LVZ131088:LVZ131098 MFV131088:MFV131098 MPR131088:MPR131098 MZN131088:MZN131098 NJJ131088:NJJ131098 NTF131088:NTF131098 ODB131088:ODB131098 OMX131088:OMX131098 OWT131088:OWT131098 PGP131088:PGP131098 PQL131088:PQL131098 QAH131088:QAH131098 QKD131088:QKD131098 QTZ131088:QTZ131098 RDV131088:RDV131098 RNR131088:RNR131098 RXN131088:RXN131098 SHJ131088:SHJ131098 SRF131088:SRF131098 TBB131088:TBB131098 TKX131088:TKX131098 TUT131088:TUT131098 UEP131088:UEP131098 UOL131088:UOL131098 UYH131088:UYH131098 VID131088:VID131098 VRZ131088:VRZ131098 WBV131088:WBV131098 WLR131088:WLR131098 WVN131088:WVN131098 G196624:H196634 JB196624:JB196634 SX196624:SX196634 ACT196624:ACT196634 AMP196624:AMP196634 AWL196624:AWL196634 BGH196624:BGH196634 BQD196624:BQD196634 BZZ196624:BZZ196634 CJV196624:CJV196634 CTR196624:CTR196634 DDN196624:DDN196634 DNJ196624:DNJ196634 DXF196624:DXF196634 EHB196624:EHB196634 EQX196624:EQX196634 FAT196624:FAT196634 FKP196624:FKP196634 FUL196624:FUL196634 GEH196624:GEH196634 GOD196624:GOD196634 GXZ196624:GXZ196634 HHV196624:HHV196634 HRR196624:HRR196634 IBN196624:IBN196634 ILJ196624:ILJ196634 IVF196624:IVF196634 JFB196624:JFB196634 JOX196624:JOX196634 JYT196624:JYT196634 KIP196624:KIP196634 KSL196624:KSL196634 LCH196624:LCH196634 LMD196624:LMD196634 LVZ196624:LVZ196634 MFV196624:MFV196634 MPR196624:MPR196634 MZN196624:MZN196634 NJJ196624:NJJ196634 NTF196624:NTF196634 ODB196624:ODB196634 OMX196624:OMX196634 OWT196624:OWT196634 PGP196624:PGP196634 PQL196624:PQL196634 QAH196624:QAH196634 QKD196624:QKD196634 QTZ196624:QTZ196634 RDV196624:RDV196634 RNR196624:RNR196634 RXN196624:RXN196634 SHJ196624:SHJ196634 SRF196624:SRF196634 TBB196624:TBB196634 TKX196624:TKX196634 TUT196624:TUT196634 UEP196624:UEP196634 UOL196624:UOL196634 UYH196624:UYH196634 VID196624:VID196634 VRZ196624:VRZ196634 WBV196624:WBV196634 WLR196624:WLR196634 WVN196624:WVN196634 G262160:H262170 JB262160:JB262170 SX262160:SX262170 ACT262160:ACT262170 AMP262160:AMP262170 AWL262160:AWL262170 BGH262160:BGH262170 BQD262160:BQD262170 BZZ262160:BZZ262170 CJV262160:CJV262170 CTR262160:CTR262170 DDN262160:DDN262170 DNJ262160:DNJ262170 DXF262160:DXF262170 EHB262160:EHB262170 EQX262160:EQX262170 FAT262160:FAT262170 FKP262160:FKP262170 FUL262160:FUL262170 GEH262160:GEH262170 GOD262160:GOD262170 GXZ262160:GXZ262170 HHV262160:HHV262170 HRR262160:HRR262170 IBN262160:IBN262170 ILJ262160:ILJ262170 IVF262160:IVF262170 JFB262160:JFB262170 JOX262160:JOX262170 JYT262160:JYT262170 KIP262160:KIP262170 KSL262160:KSL262170 LCH262160:LCH262170 LMD262160:LMD262170 LVZ262160:LVZ262170 MFV262160:MFV262170 MPR262160:MPR262170 MZN262160:MZN262170 NJJ262160:NJJ262170 NTF262160:NTF262170 ODB262160:ODB262170 OMX262160:OMX262170 OWT262160:OWT262170 PGP262160:PGP262170 PQL262160:PQL262170 QAH262160:QAH262170 QKD262160:QKD262170 QTZ262160:QTZ262170 RDV262160:RDV262170 RNR262160:RNR262170 RXN262160:RXN262170 SHJ262160:SHJ262170 SRF262160:SRF262170 TBB262160:TBB262170 TKX262160:TKX262170 TUT262160:TUT262170 UEP262160:UEP262170 UOL262160:UOL262170 UYH262160:UYH262170 VID262160:VID262170 VRZ262160:VRZ262170 WBV262160:WBV262170 WLR262160:WLR262170 WVN262160:WVN262170 G327696:H327706 JB327696:JB327706 SX327696:SX327706 ACT327696:ACT327706 AMP327696:AMP327706 AWL327696:AWL327706 BGH327696:BGH327706 BQD327696:BQD327706 BZZ327696:BZZ327706 CJV327696:CJV327706 CTR327696:CTR327706 DDN327696:DDN327706 DNJ327696:DNJ327706 DXF327696:DXF327706 EHB327696:EHB327706 EQX327696:EQX327706 FAT327696:FAT327706 FKP327696:FKP327706 FUL327696:FUL327706 GEH327696:GEH327706 GOD327696:GOD327706 GXZ327696:GXZ327706 HHV327696:HHV327706 HRR327696:HRR327706 IBN327696:IBN327706 ILJ327696:ILJ327706 IVF327696:IVF327706 JFB327696:JFB327706 JOX327696:JOX327706 JYT327696:JYT327706 KIP327696:KIP327706 KSL327696:KSL327706 LCH327696:LCH327706 LMD327696:LMD327706 LVZ327696:LVZ327706 MFV327696:MFV327706 MPR327696:MPR327706 MZN327696:MZN327706 NJJ327696:NJJ327706 NTF327696:NTF327706 ODB327696:ODB327706 OMX327696:OMX327706 OWT327696:OWT327706 PGP327696:PGP327706 PQL327696:PQL327706 QAH327696:QAH327706 QKD327696:QKD327706 QTZ327696:QTZ327706 RDV327696:RDV327706 RNR327696:RNR327706 RXN327696:RXN327706 SHJ327696:SHJ327706 SRF327696:SRF327706 TBB327696:TBB327706 TKX327696:TKX327706 TUT327696:TUT327706 UEP327696:UEP327706 UOL327696:UOL327706 UYH327696:UYH327706 VID327696:VID327706 VRZ327696:VRZ327706 WBV327696:WBV327706 WLR327696:WLR327706 WVN327696:WVN327706 G393232:H393242 JB393232:JB393242 SX393232:SX393242 ACT393232:ACT393242 AMP393232:AMP393242 AWL393232:AWL393242 BGH393232:BGH393242 BQD393232:BQD393242 BZZ393232:BZZ393242 CJV393232:CJV393242 CTR393232:CTR393242 DDN393232:DDN393242 DNJ393232:DNJ393242 DXF393232:DXF393242 EHB393232:EHB393242 EQX393232:EQX393242 FAT393232:FAT393242 FKP393232:FKP393242 FUL393232:FUL393242 GEH393232:GEH393242 GOD393232:GOD393242 GXZ393232:GXZ393242 HHV393232:HHV393242 HRR393232:HRR393242 IBN393232:IBN393242 ILJ393232:ILJ393242 IVF393232:IVF393242 JFB393232:JFB393242 JOX393232:JOX393242 JYT393232:JYT393242 KIP393232:KIP393242 KSL393232:KSL393242 LCH393232:LCH393242 LMD393232:LMD393242 LVZ393232:LVZ393242 MFV393232:MFV393242 MPR393232:MPR393242 MZN393232:MZN393242 NJJ393232:NJJ393242 NTF393232:NTF393242 ODB393232:ODB393242 OMX393232:OMX393242 OWT393232:OWT393242 PGP393232:PGP393242 PQL393232:PQL393242 QAH393232:QAH393242 QKD393232:QKD393242 QTZ393232:QTZ393242 RDV393232:RDV393242 RNR393232:RNR393242 RXN393232:RXN393242 SHJ393232:SHJ393242 SRF393232:SRF393242 TBB393232:TBB393242 TKX393232:TKX393242 TUT393232:TUT393242 UEP393232:UEP393242 UOL393232:UOL393242 UYH393232:UYH393242 VID393232:VID393242 VRZ393232:VRZ393242 WBV393232:WBV393242 WLR393232:WLR393242 WVN393232:WVN393242 G458768:H458778 JB458768:JB458778 SX458768:SX458778 ACT458768:ACT458778 AMP458768:AMP458778 AWL458768:AWL458778 BGH458768:BGH458778 BQD458768:BQD458778 BZZ458768:BZZ458778 CJV458768:CJV458778 CTR458768:CTR458778 DDN458768:DDN458778 DNJ458768:DNJ458778 DXF458768:DXF458778 EHB458768:EHB458778 EQX458768:EQX458778 FAT458768:FAT458778 FKP458768:FKP458778 FUL458768:FUL458778 GEH458768:GEH458778 GOD458768:GOD458778 GXZ458768:GXZ458778 HHV458768:HHV458778 HRR458768:HRR458778 IBN458768:IBN458778 ILJ458768:ILJ458778 IVF458768:IVF458778 JFB458768:JFB458778 JOX458768:JOX458778 JYT458768:JYT458778 KIP458768:KIP458778 KSL458768:KSL458778 LCH458768:LCH458778 LMD458768:LMD458778 LVZ458768:LVZ458778 MFV458768:MFV458778 MPR458768:MPR458778 MZN458768:MZN458778 NJJ458768:NJJ458778 NTF458768:NTF458778 ODB458768:ODB458778 OMX458768:OMX458778 OWT458768:OWT458778 PGP458768:PGP458778 PQL458768:PQL458778 QAH458768:QAH458778 QKD458768:QKD458778 QTZ458768:QTZ458778 RDV458768:RDV458778 RNR458768:RNR458778 RXN458768:RXN458778 SHJ458768:SHJ458778 SRF458768:SRF458778 TBB458768:TBB458778 TKX458768:TKX458778 TUT458768:TUT458778 UEP458768:UEP458778 UOL458768:UOL458778 UYH458768:UYH458778 VID458768:VID458778 VRZ458768:VRZ458778 WBV458768:WBV458778 WLR458768:WLR458778 WVN458768:WVN458778 G524304:H524314 JB524304:JB524314 SX524304:SX524314 ACT524304:ACT524314 AMP524304:AMP524314 AWL524304:AWL524314 BGH524304:BGH524314 BQD524304:BQD524314 BZZ524304:BZZ524314 CJV524304:CJV524314 CTR524304:CTR524314 DDN524304:DDN524314 DNJ524304:DNJ524314 DXF524304:DXF524314 EHB524304:EHB524314 EQX524304:EQX524314 FAT524304:FAT524314 FKP524304:FKP524314 FUL524304:FUL524314 GEH524304:GEH524314 GOD524304:GOD524314 GXZ524304:GXZ524314 HHV524304:HHV524314 HRR524304:HRR524314 IBN524304:IBN524314 ILJ524304:ILJ524314 IVF524304:IVF524314 JFB524304:JFB524314 JOX524304:JOX524314 JYT524304:JYT524314 KIP524304:KIP524314 KSL524304:KSL524314 LCH524304:LCH524314 LMD524304:LMD524314 LVZ524304:LVZ524314 MFV524304:MFV524314 MPR524304:MPR524314 MZN524304:MZN524314 NJJ524304:NJJ524314 NTF524304:NTF524314 ODB524304:ODB524314 OMX524304:OMX524314 OWT524304:OWT524314 PGP524304:PGP524314 PQL524304:PQL524314 QAH524304:QAH524314 QKD524304:QKD524314 QTZ524304:QTZ524314 RDV524304:RDV524314 RNR524304:RNR524314 RXN524304:RXN524314 SHJ524304:SHJ524314 SRF524304:SRF524314 TBB524304:TBB524314 TKX524304:TKX524314 TUT524304:TUT524314 UEP524304:UEP524314 UOL524304:UOL524314 UYH524304:UYH524314 VID524304:VID524314 VRZ524304:VRZ524314 WBV524304:WBV524314 WLR524304:WLR524314 WVN524304:WVN524314 G589840:H589850 JB589840:JB589850 SX589840:SX589850 ACT589840:ACT589850 AMP589840:AMP589850 AWL589840:AWL589850 BGH589840:BGH589850 BQD589840:BQD589850 BZZ589840:BZZ589850 CJV589840:CJV589850 CTR589840:CTR589850 DDN589840:DDN589850 DNJ589840:DNJ589850 DXF589840:DXF589850 EHB589840:EHB589850 EQX589840:EQX589850 FAT589840:FAT589850 FKP589840:FKP589850 FUL589840:FUL589850 GEH589840:GEH589850 GOD589840:GOD589850 GXZ589840:GXZ589850 HHV589840:HHV589850 HRR589840:HRR589850 IBN589840:IBN589850 ILJ589840:ILJ589850 IVF589840:IVF589850 JFB589840:JFB589850 JOX589840:JOX589850 JYT589840:JYT589850 KIP589840:KIP589850 KSL589840:KSL589850 LCH589840:LCH589850 LMD589840:LMD589850 LVZ589840:LVZ589850 MFV589840:MFV589850 MPR589840:MPR589850 MZN589840:MZN589850 NJJ589840:NJJ589850 NTF589840:NTF589850 ODB589840:ODB589850 OMX589840:OMX589850 OWT589840:OWT589850 PGP589840:PGP589850 PQL589840:PQL589850 QAH589840:QAH589850 QKD589840:QKD589850 QTZ589840:QTZ589850 RDV589840:RDV589850 RNR589840:RNR589850 RXN589840:RXN589850 SHJ589840:SHJ589850 SRF589840:SRF589850 TBB589840:TBB589850 TKX589840:TKX589850 TUT589840:TUT589850 UEP589840:UEP589850 UOL589840:UOL589850 UYH589840:UYH589850 VID589840:VID589850 VRZ589840:VRZ589850 WBV589840:WBV589850 WLR589840:WLR589850 WVN589840:WVN589850 G655376:H655386 JB655376:JB655386 SX655376:SX655386 ACT655376:ACT655386 AMP655376:AMP655386 AWL655376:AWL655386 BGH655376:BGH655386 BQD655376:BQD655386 BZZ655376:BZZ655386 CJV655376:CJV655386 CTR655376:CTR655386 DDN655376:DDN655386 DNJ655376:DNJ655386 DXF655376:DXF655386 EHB655376:EHB655386 EQX655376:EQX655386 FAT655376:FAT655386 FKP655376:FKP655386 FUL655376:FUL655386 GEH655376:GEH655386 GOD655376:GOD655386 GXZ655376:GXZ655386 HHV655376:HHV655386 HRR655376:HRR655386 IBN655376:IBN655386 ILJ655376:ILJ655386 IVF655376:IVF655386 JFB655376:JFB655386 JOX655376:JOX655386 JYT655376:JYT655386 KIP655376:KIP655386 KSL655376:KSL655386 LCH655376:LCH655386 LMD655376:LMD655386 LVZ655376:LVZ655386 MFV655376:MFV655386 MPR655376:MPR655386 MZN655376:MZN655386 NJJ655376:NJJ655386 NTF655376:NTF655386 ODB655376:ODB655386 OMX655376:OMX655386 OWT655376:OWT655386 PGP655376:PGP655386 PQL655376:PQL655386 QAH655376:QAH655386 QKD655376:QKD655386 QTZ655376:QTZ655386 RDV655376:RDV655386 RNR655376:RNR655386 RXN655376:RXN655386 SHJ655376:SHJ655386 SRF655376:SRF655386 TBB655376:TBB655386 TKX655376:TKX655386 TUT655376:TUT655386 UEP655376:UEP655386 UOL655376:UOL655386 UYH655376:UYH655386 VID655376:VID655386 VRZ655376:VRZ655386 WBV655376:WBV655386 WLR655376:WLR655386 WVN655376:WVN655386 G720912:H720922 JB720912:JB720922 SX720912:SX720922 ACT720912:ACT720922 AMP720912:AMP720922 AWL720912:AWL720922 BGH720912:BGH720922 BQD720912:BQD720922 BZZ720912:BZZ720922 CJV720912:CJV720922 CTR720912:CTR720922 DDN720912:DDN720922 DNJ720912:DNJ720922 DXF720912:DXF720922 EHB720912:EHB720922 EQX720912:EQX720922 FAT720912:FAT720922 FKP720912:FKP720922 FUL720912:FUL720922 GEH720912:GEH720922 GOD720912:GOD720922 GXZ720912:GXZ720922 HHV720912:HHV720922 HRR720912:HRR720922 IBN720912:IBN720922 ILJ720912:ILJ720922 IVF720912:IVF720922 JFB720912:JFB720922 JOX720912:JOX720922 JYT720912:JYT720922 KIP720912:KIP720922 KSL720912:KSL720922 LCH720912:LCH720922 LMD720912:LMD720922 LVZ720912:LVZ720922 MFV720912:MFV720922 MPR720912:MPR720922 MZN720912:MZN720922 NJJ720912:NJJ720922 NTF720912:NTF720922 ODB720912:ODB720922 OMX720912:OMX720922 OWT720912:OWT720922 PGP720912:PGP720922 PQL720912:PQL720922 QAH720912:QAH720922 QKD720912:QKD720922 QTZ720912:QTZ720922 RDV720912:RDV720922 RNR720912:RNR720922 RXN720912:RXN720922 SHJ720912:SHJ720922 SRF720912:SRF720922 TBB720912:TBB720922 TKX720912:TKX720922 TUT720912:TUT720922 UEP720912:UEP720922 UOL720912:UOL720922 UYH720912:UYH720922 VID720912:VID720922 VRZ720912:VRZ720922 WBV720912:WBV720922 WLR720912:WLR720922 WVN720912:WVN720922 G786448:H786458 JB786448:JB786458 SX786448:SX786458 ACT786448:ACT786458 AMP786448:AMP786458 AWL786448:AWL786458 BGH786448:BGH786458 BQD786448:BQD786458 BZZ786448:BZZ786458 CJV786448:CJV786458 CTR786448:CTR786458 DDN786448:DDN786458 DNJ786448:DNJ786458 DXF786448:DXF786458 EHB786448:EHB786458 EQX786448:EQX786458 FAT786448:FAT786458 FKP786448:FKP786458 FUL786448:FUL786458 GEH786448:GEH786458 GOD786448:GOD786458 GXZ786448:GXZ786458 HHV786448:HHV786458 HRR786448:HRR786458 IBN786448:IBN786458 ILJ786448:ILJ786458 IVF786448:IVF786458 JFB786448:JFB786458 JOX786448:JOX786458 JYT786448:JYT786458 KIP786448:KIP786458 KSL786448:KSL786458 LCH786448:LCH786458 LMD786448:LMD786458 LVZ786448:LVZ786458 MFV786448:MFV786458 MPR786448:MPR786458 MZN786448:MZN786458 NJJ786448:NJJ786458 NTF786448:NTF786458 ODB786448:ODB786458 OMX786448:OMX786458 OWT786448:OWT786458 PGP786448:PGP786458 PQL786448:PQL786458 QAH786448:QAH786458 QKD786448:QKD786458 QTZ786448:QTZ786458 RDV786448:RDV786458 RNR786448:RNR786458 RXN786448:RXN786458 SHJ786448:SHJ786458 SRF786448:SRF786458 TBB786448:TBB786458 TKX786448:TKX786458 TUT786448:TUT786458 UEP786448:UEP786458 UOL786448:UOL786458 UYH786448:UYH786458 VID786448:VID786458 VRZ786448:VRZ786458 WBV786448:WBV786458 WLR786448:WLR786458 WVN786448:WVN786458 G851984:H851994 JB851984:JB851994 SX851984:SX851994 ACT851984:ACT851994 AMP851984:AMP851994 AWL851984:AWL851994 BGH851984:BGH851994 BQD851984:BQD851994 BZZ851984:BZZ851994 CJV851984:CJV851994 CTR851984:CTR851994 DDN851984:DDN851994 DNJ851984:DNJ851994 DXF851984:DXF851994 EHB851984:EHB851994 EQX851984:EQX851994 FAT851984:FAT851994 FKP851984:FKP851994 FUL851984:FUL851994 GEH851984:GEH851994 GOD851984:GOD851994 GXZ851984:GXZ851994 HHV851984:HHV851994 HRR851984:HRR851994 IBN851984:IBN851994 ILJ851984:ILJ851994 IVF851984:IVF851994 JFB851984:JFB851994 JOX851984:JOX851994 JYT851984:JYT851994 KIP851984:KIP851994 KSL851984:KSL851994 LCH851984:LCH851994 LMD851984:LMD851994 LVZ851984:LVZ851994 MFV851984:MFV851994 MPR851984:MPR851994 MZN851984:MZN851994 NJJ851984:NJJ851994 NTF851984:NTF851994 ODB851984:ODB851994 OMX851984:OMX851994 OWT851984:OWT851994 PGP851984:PGP851994 PQL851984:PQL851994 QAH851984:QAH851994 QKD851984:QKD851994 QTZ851984:QTZ851994 RDV851984:RDV851994 RNR851984:RNR851994 RXN851984:RXN851994 SHJ851984:SHJ851994 SRF851984:SRF851994 TBB851984:TBB851994 TKX851984:TKX851994 TUT851984:TUT851994 UEP851984:UEP851994 UOL851984:UOL851994 UYH851984:UYH851994 VID851984:VID851994 VRZ851984:VRZ851994 WBV851984:WBV851994 WLR851984:WLR851994 WVN851984:WVN851994 G917520:H917530 JB917520:JB917530 SX917520:SX917530 ACT917520:ACT917530 AMP917520:AMP917530 AWL917520:AWL917530 BGH917520:BGH917530 BQD917520:BQD917530 BZZ917520:BZZ917530 CJV917520:CJV917530 CTR917520:CTR917530 DDN917520:DDN917530 DNJ917520:DNJ917530 DXF917520:DXF917530 EHB917520:EHB917530 EQX917520:EQX917530 FAT917520:FAT917530 FKP917520:FKP917530 FUL917520:FUL917530 GEH917520:GEH917530 GOD917520:GOD917530 GXZ917520:GXZ917530 HHV917520:HHV917530 HRR917520:HRR917530 IBN917520:IBN917530 ILJ917520:ILJ917530 IVF917520:IVF917530 JFB917520:JFB917530 JOX917520:JOX917530 JYT917520:JYT917530 KIP917520:KIP917530 KSL917520:KSL917530 LCH917520:LCH917530 LMD917520:LMD917530 LVZ917520:LVZ917530 MFV917520:MFV917530 MPR917520:MPR917530 MZN917520:MZN917530 NJJ917520:NJJ917530 NTF917520:NTF917530 ODB917520:ODB917530 OMX917520:OMX917530 OWT917520:OWT917530 PGP917520:PGP917530 PQL917520:PQL917530 QAH917520:QAH917530 QKD917520:QKD917530 QTZ917520:QTZ917530 RDV917520:RDV917530 RNR917520:RNR917530 RXN917520:RXN917530 SHJ917520:SHJ917530 SRF917520:SRF917530 TBB917520:TBB917530 TKX917520:TKX917530 TUT917520:TUT917530 UEP917520:UEP917530 UOL917520:UOL917530 UYH917520:UYH917530 VID917520:VID917530 VRZ917520:VRZ917530 WBV917520:WBV917530 WLR917520:WLR917530 WVN917520:WVN917530 G983056:H983066 JB983056:JB983066 SX983056:SX983066 ACT983056:ACT983066 AMP983056:AMP983066 AWL983056:AWL983066 BGH983056:BGH983066 BQD983056:BQD983066 BZZ983056:BZZ983066 CJV983056:CJV983066 CTR983056:CTR983066 DDN983056:DDN983066 DNJ983056:DNJ983066 DXF983056:DXF983066 EHB983056:EHB983066 EQX983056:EQX983066 FAT983056:FAT983066 FKP983056:FKP983066 FUL983056:FUL983066 GEH983056:GEH983066 GOD983056:GOD983066 GXZ983056:GXZ983066 HHV983056:HHV983066 HRR983056:HRR983066 IBN983056:IBN983066 ILJ983056:ILJ983066 IVF983056:IVF983066 JFB983056:JFB983066 JOX983056:JOX983066 JYT983056:JYT983066 KIP983056:KIP983066 KSL983056:KSL983066 LCH983056:LCH983066 LMD983056:LMD983066 LVZ983056:LVZ983066 MFV983056:MFV983066 MPR983056:MPR983066 MZN983056:MZN983066 NJJ983056:NJJ983066 NTF983056:NTF983066 ODB983056:ODB983066 OMX983056:OMX983066 OWT983056:OWT983066 PGP983056:PGP983066 PQL983056:PQL983066 QAH983056:QAH983066 QKD983056:QKD983066 QTZ983056:QTZ983066 RDV983056:RDV983066 RNR983056:RNR983066 RXN983056:RXN983066 SHJ983056:SHJ983066 SRF983056:SRF983066 TBB983056:TBB983066 TKX983056:TKX983066 TUT983056:TUT983066 UEP983056:UEP983066 UOL983056:UOL983066 UYH983056:UYH983066 VID983056:VID983066 VRZ983056:VRZ983066 WBV983056:WBV983066 WLR983056:WLR983066 G16:G26" xr:uid="{050F38C6-7426-40F2-8DDF-3036772360CF}">
       <formula1>12</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Equipment Tag Number" error="Equipment Tag Number is 9 digits" promptTitle="Equipment Tag Number" prompt="This text formatted cell requires a complete 9-digit Tag Number._x000a_" sqref="F16:F26 JA16:JA26 SW16:SW26 ACS16:ACS26 AMO16:AMO26 AWK16:AWK26 BGG16:BGG26 BQC16:BQC26 BZY16:BZY26 CJU16:CJU26 CTQ16:CTQ26 DDM16:DDM26 DNI16:DNI26 DXE16:DXE26 EHA16:EHA26 EQW16:EQW26 FAS16:FAS26 FKO16:FKO26 FUK16:FUK26 GEG16:GEG26 GOC16:GOC26 GXY16:GXY26 HHU16:HHU26 HRQ16:HRQ26 IBM16:IBM26 ILI16:ILI26 IVE16:IVE26 JFA16:JFA26 JOW16:JOW26 JYS16:JYS26 KIO16:KIO26 KSK16:KSK26 LCG16:LCG26 LMC16:LMC26 LVY16:LVY26 MFU16:MFU26 MPQ16:MPQ26 MZM16:MZM26 NJI16:NJI26 NTE16:NTE26 ODA16:ODA26 OMW16:OMW26 OWS16:OWS26 PGO16:PGO26 PQK16:PQK26 QAG16:QAG26 QKC16:QKC26 QTY16:QTY26 RDU16:RDU26 RNQ16:RNQ26 RXM16:RXM26 SHI16:SHI26 SRE16:SRE26 TBA16:TBA26 TKW16:TKW26 TUS16:TUS26 UEO16:UEO26 UOK16:UOK26 UYG16:UYG26 VIC16:VIC26 VRY16:VRY26 WBU16:WBU26 WLQ16:WLQ26 WVM16:WVM26 F65552:F65562 JA65552:JA65562 SW65552:SW65562 ACS65552:ACS65562 AMO65552:AMO65562 AWK65552:AWK65562 BGG65552:BGG65562 BQC65552:BQC65562 BZY65552:BZY65562 CJU65552:CJU65562 CTQ65552:CTQ65562 DDM65552:DDM65562 DNI65552:DNI65562 DXE65552:DXE65562 EHA65552:EHA65562 EQW65552:EQW65562 FAS65552:FAS65562 FKO65552:FKO65562 FUK65552:FUK65562 GEG65552:GEG65562 GOC65552:GOC65562 GXY65552:GXY65562 HHU65552:HHU65562 HRQ65552:HRQ65562 IBM65552:IBM65562 ILI65552:ILI65562 IVE65552:IVE65562 JFA65552:JFA65562 JOW65552:JOW65562 JYS65552:JYS65562 KIO65552:KIO65562 KSK65552:KSK65562 LCG65552:LCG65562 LMC65552:LMC65562 LVY65552:LVY65562 MFU65552:MFU65562 MPQ65552:MPQ65562 MZM65552:MZM65562 NJI65552:NJI65562 NTE65552:NTE65562 ODA65552:ODA65562 OMW65552:OMW65562 OWS65552:OWS65562 PGO65552:PGO65562 PQK65552:PQK65562 QAG65552:QAG65562 QKC65552:QKC65562 QTY65552:QTY65562 RDU65552:RDU65562 RNQ65552:RNQ65562 RXM65552:RXM65562 SHI65552:SHI65562 SRE65552:SRE65562 TBA65552:TBA65562 TKW65552:TKW65562 TUS65552:TUS65562 UEO65552:UEO65562 UOK65552:UOK65562 UYG65552:UYG65562 VIC65552:VIC65562 VRY65552:VRY65562 WBU65552:WBU65562 WLQ65552:WLQ65562 WVM65552:WVM65562 F131088:F131098 JA131088:JA131098 SW131088:SW131098 ACS131088:ACS131098 AMO131088:AMO131098 AWK131088:AWK131098 BGG131088:BGG131098 BQC131088:BQC131098 BZY131088:BZY131098 CJU131088:CJU131098 CTQ131088:CTQ131098 DDM131088:DDM131098 DNI131088:DNI131098 DXE131088:DXE131098 EHA131088:EHA131098 EQW131088:EQW131098 FAS131088:FAS131098 FKO131088:FKO131098 FUK131088:FUK131098 GEG131088:GEG131098 GOC131088:GOC131098 GXY131088:GXY131098 HHU131088:HHU131098 HRQ131088:HRQ131098 IBM131088:IBM131098 ILI131088:ILI131098 IVE131088:IVE131098 JFA131088:JFA131098 JOW131088:JOW131098 JYS131088:JYS131098 KIO131088:KIO131098 KSK131088:KSK131098 LCG131088:LCG131098 LMC131088:LMC131098 LVY131088:LVY131098 MFU131088:MFU131098 MPQ131088:MPQ131098 MZM131088:MZM131098 NJI131088:NJI131098 NTE131088:NTE131098 ODA131088:ODA131098 OMW131088:OMW131098 OWS131088:OWS131098 PGO131088:PGO131098 PQK131088:PQK131098 QAG131088:QAG131098 QKC131088:QKC131098 QTY131088:QTY131098 RDU131088:RDU131098 RNQ131088:RNQ131098 RXM131088:RXM131098 SHI131088:SHI131098 SRE131088:SRE131098 TBA131088:TBA131098 TKW131088:TKW131098 TUS131088:TUS131098 UEO131088:UEO131098 UOK131088:UOK131098 UYG131088:UYG131098 VIC131088:VIC131098 VRY131088:VRY131098 WBU131088:WBU131098 WLQ131088:WLQ131098 WVM131088:WVM131098 F196624:F196634 JA196624:JA196634 SW196624:SW196634 ACS196624:ACS196634 AMO196624:AMO196634 AWK196624:AWK196634 BGG196624:BGG196634 BQC196624:BQC196634 BZY196624:BZY196634 CJU196624:CJU196634 CTQ196624:CTQ196634 DDM196624:DDM196634 DNI196624:DNI196634 DXE196624:DXE196634 EHA196624:EHA196634 EQW196624:EQW196634 FAS196624:FAS196634 FKO196624:FKO196634 FUK196624:FUK196634 GEG196624:GEG196634 GOC196624:GOC196634 GXY196624:GXY196634 HHU196624:HHU196634 HRQ196624:HRQ196634 IBM196624:IBM196634 ILI196624:ILI196634 IVE196624:IVE196634 JFA196624:JFA196634 JOW196624:JOW196634 JYS196624:JYS196634 KIO196624:KIO196634 KSK196624:KSK196634 LCG196624:LCG196634 LMC196624:LMC196634 LVY196624:LVY196634 MFU196624:MFU196634 MPQ196624:MPQ196634 MZM196624:MZM196634 NJI196624:NJI196634 NTE196624:NTE196634 ODA196624:ODA196634 OMW196624:OMW196634 OWS196624:OWS196634 PGO196624:PGO196634 PQK196624:PQK196634 QAG196624:QAG196634 QKC196624:QKC196634 QTY196624:QTY196634 RDU196624:RDU196634 RNQ196624:RNQ196634 RXM196624:RXM196634 SHI196624:SHI196634 SRE196624:SRE196634 TBA196624:TBA196634 TKW196624:TKW196634 TUS196624:TUS196634 UEO196624:UEO196634 UOK196624:UOK196634 UYG196624:UYG196634 VIC196624:VIC196634 VRY196624:VRY196634 WBU196624:WBU196634 WLQ196624:WLQ196634 WVM196624:WVM196634 F262160:F262170 JA262160:JA262170 SW262160:SW262170 ACS262160:ACS262170 AMO262160:AMO262170 AWK262160:AWK262170 BGG262160:BGG262170 BQC262160:BQC262170 BZY262160:BZY262170 CJU262160:CJU262170 CTQ262160:CTQ262170 DDM262160:DDM262170 DNI262160:DNI262170 DXE262160:DXE262170 EHA262160:EHA262170 EQW262160:EQW262170 FAS262160:FAS262170 FKO262160:FKO262170 FUK262160:FUK262170 GEG262160:GEG262170 GOC262160:GOC262170 GXY262160:GXY262170 HHU262160:HHU262170 HRQ262160:HRQ262170 IBM262160:IBM262170 ILI262160:ILI262170 IVE262160:IVE262170 JFA262160:JFA262170 JOW262160:JOW262170 JYS262160:JYS262170 KIO262160:KIO262170 KSK262160:KSK262170 LCG262160:LCG262170 LMC262160:LMC262170 LVY262160:LVY262170 MFU262160:MFU262170 MPQ262160:MPQ262170 MZM262160:MZM262170 NJI262160:NJI262170 NTE262160:NTE262170 ODA262160:ODA262170 OMW262160:OMW262170 OWS262160:OWS262170 PGO262160:PGO262170 PQK262160:PQK262170 QAG262160:QAG262170 QKC262160:QKC262170 QTY262160:QTY262170 RDU262160:RDU262170 RNQ262160:RNQ262170 RXM262160:RXM262170 SHI262160:SHI262170 SRE262160:SRE262170 TBA262160:TBA262170 TKW262160:TKW262170 TUS262160:TUS262170 UEO262160:UEO262170 UOK262160:UOK262170 UYG262160:UYG262170 VIC262160:VIC262170 VRY262160:VRY262170 WBU262160:WBU262170 WLQ262160:WLQ262170 WVM262160:WVM262170 F327696:F327706 JA327696:JA327706 SW327696:SW327706 ACS327696:ACS327706 AMO327696:AMO327706 AWK327696:AWK327706 BGG327696:BGG327706 BQC327696:BQC327706 BZY327696:BZY327706 CJU327696:CJU327706 CTQ327696:CTQ327706 DDM327696:DDM327706 DNI327696:DNI327706 DXE327696:DXE327706 EHA327696:EHA327706 EQW327696:EQW327706 FAS327696:FAS327706 FKO327696:FKO327706 FUK327696:FUK327706 GEG327696:GEG327706 GOC327696:GOC327706 GXY327696:GXY327706 HHU327696:HHU327706 HRQ327696:HRQ327706 IBM327696:IBM327706 ILI327696:ILI327706 IVE327696:IVE327706 JFA327696:JFA327706 JOW327696:JOW327706 JYS327696:JYS327706 KIO327696:KIO327706 KSK327696:KSK327706 LCG327696:LCG327706 LMC327696:LMC327706 LVY327696:LVY327706 MFU327696:MFU327706 MPQ327696:MPQ327706 MZM327696:MZM327706 NJI327696:NJI327706 NTE327696:NTE327706 ODA327696:ODA327706 OMW327696:OMW327706 OWS327696:OWS327706 PGO327696:PGO327706 PQK327696:PQK327706 QAG327696:QAG327706 QKC327696:QKC327706 QTY327696:QTY327706 RDU327696:RDU327706 RNQ327696:RNQ327706 RXM327696:RXM327706 SHI327696:SHI327706 SRE327696:SRE327706 TBA327696:TBA327706 TKW327696:TKW327706 TUS327696:TUS327706 UEO327696:UEO327706 UOK327696:UOK327706 UYG327696:UYG327706 VIC327696:VIC327706 VRY327696:VRY327706 WBU327696:WBU327706 WLQ327696:WLQ327706 WVM327696:WVM327706 F393232:F393242 JA393232:JA393242 SW393232:SW393242 ACS393232:ACS393242 AMO393232:AMO393242 AWK393232:AWK393242 BGG393232:BGG393242 BQC393232:BQC393242 BZY393232:BZY393242 CJU393232:CJU393242 CTQ393232:CTQ393242 DDM393232:DDM393242 DNI393232:DNI393242 DXE393232:DXE393242 EHA393232:EHA393242 EQW393232:EQW393242 FAS393232:FAS393242 FKO393232:FKO393242 FUK393232:FUK393242 GEG393232:GEG393242 GOC393232:GOC393242 GXY393232:GXY393242 HHU393232:HHU393242 HRQ393232:HRQ393242 IBM393232:IBM393242 ILI393232:ILI393242 IVE393232:IVE393242 JFA393232:JFA393242 JOW393232:JOW393242 JYS393232:JYS393242 KIO393232:KIO393242 KSK393232:KSK393242 LCG393232:LCG393242 LMC393232:LMC393242 LVY393232:LVY393242 MFU393232:MFU393242 MPQ393232:MPQ393242 MZM393232:MZM393242 NJI393232:NJI393242 NTE393232:NTE393242 ODA393232:ODA393242 OMW393232:OMW393242 OWS393232:OWS393242 PGO393232:PGO393242 PQK393232:PQK393242 QAG393232:QAG393242 QKC393232:QKC393242 QTY393232:QTY393242 RDU393232:RDU393242 RNQ393232:RNQ393242 RXM393232:RXM393242 SHI393232:SHI393242 SRE393232:SRE393242 TBA393232:TBA393242 TKW393232:TKW393242 TUS393232:TUS393242 UEO393232:UEO393242 UOK393232:UOK393242 UYG393232:UYG393242 VIC393232:VIC393242 VRY393232:VRY393242 WBU393232:WBU393242 WLQ393232:WLQ393242 WVM393232:WVM393242 F458768:F458778 JA458768:JA458778 SW458768:SW458778 ACS458768:ACS458778 AMO458768:AMO458778 AWK458768:AWK458778 BGG458768:BGG458778 BQC458768:BQC458778 BZY458768:BZY458778 CJU458768:CJU458778 CTQ458768:CTQ458778 DDM458768:DDM458778 DNI458768:DNI458778 DXE458768:DXE458778 EHA458768:EHA458778 EQW458768:EQW458778 FAS458768:FAS458778 FKO458768:FKO458778 FUK458768:FUK458778 GEG458768:GEG458778 GOC458768:GOC458778 GXY458768:GXY458778 HHU458768:HHU458778 HRQ458768:HRQ458778 IBM458768:IBM458778 ILI458768:ILI458778 IVE458768:IVE458778 JFA458768:JFA458778 JOW458768:JOW458778 JYS458768:JYS458778 KIO458768:KIO458778 KSK458768:KSK458778 LCG458768:LCG458778 LMC458768:LMC458778 LVY458768:LVY458778 MFU458768:MFU458778 MPQ458768:MPQ458778 MZM458768:MZM458778 NJI458768:NJI458778 NTE458768:NTE458778 ODA458768:ODA458778 OMW458768:OMW458778 OWS458768:OWS458778 PGO458768:PGO458778 PQK458768:PQK458778 QAG458768:QAG458778 QKC458768:QKC458778 QTY458768:QTY458778 RDU458768:RDU458778 RNQ458768:RNQ458778 RXM458768:RXM458778 SHI458768:SHI458778 SRE458768:SRE458778 TBA458768:TBA458778 TKW458768:TKW458778 TUS458768:TUS458778 UEO458768:UEO458778 UOK458768:UOK458778 UYG458768:UYG458778 VIC458768:VIC458778 VRY458768:VRY458778 WBU458768:WBU458778 WLQ458768:WLQ458778 WVM458768:WVM458778 F524304:F524314 JA524304:JA524314 SW524304:SW524314 ACS524304:ACS524314 AMO524304:AMO524314 AWK524304:AWK524314 BGG524304:BGG524314 BQC524304:BQC524314 BZY524304:BZY524314 CJU524304:CJU524314 CTQ524304:CTQ524314 DDM524304:DDM524314 DNI524304:DNI524314 DXE524304:DXE524314 EHA524304:EHA524314 EQW524304:EQW524314 FAS524304:FAS524314 FKO524304:FKO524314 FUK524304:FUK524314 GEG524304:GEG524314 GOC524304:GOC524314 GXY524304:GXY524314 HHU524304:HHU524314 HRQ524304:HRQ524314 IBM524304:IBM524314 ILI524304:ILI524314 IVE524304:IVE524314 JFA524304:JFA524314 JOW524304:JOW524314 JYS524304:JYS524314 KIO524304:KIO524314 KSK524304:KSK524314 LCG524304:LCG524314 LMC524304:LMC524314 LVY524304:LVY524314 MFU524304:MFU524314 MPQ524304:MPQ524314 MZM524304:MZM524314 NJI524304:NJI524314 NTE524304:NTE524314 ODA524304:ODA524314 OMW524304:OMW524314 OWS524304:OWS524314 PGO524304:PGO524314 PQK524304:PQK524314 QAG524304:QAG524314 QKC524304:QKC524314 QTY524304:QTY524314 RDU524304:RDU524314 RNQ524304:RNQ524314 RXM524304:RXM524314 SHI524304:SHI524314 SRE524304:SRE524314 TBA524304:TBA524314 TKW524304:TKW524314 TUS524304:TUS524314 UEO524304:UEO524314 UOK524304:UOK524314 UYG524304:UYG524314 VIC524304:VIC524314 VRY524304:VRY524314 WBU524304:WBU524314 WLQ524304:WLQ524314 WVM524304:WVM524314 F589840:F589850 JA589840:JA589850 SW589840:SW589850 ACS589840:ACS589850 AMO589840:AMO589850 AWK589840:AWK589850 BGG589840:BGG589850 BQC589840:BQC589850 BZY589840:BZY589850 CJU589840:CJU589850 CTQ589840:CTQ589850 DDM589840:DDM589850 DNI589840:DNI589850 DXE589840:DXE589850 EHA589840:EHA589850 EQW589840:EQW589850 FAS589840:FAS589850 FKO589840:FKO589850 FUK589840:FUK589850 GEG589840:GEG589850 GOC589840:GOC589850 GXY589840:GXY589850 HHU589840:HHU589850 HRQ589840:HRQ589850 IBM589840:IBM589850 ILI589840:ILI589850 IVE589840:IVE589850 JFA589840:JFA589850 JOW589840:JOW589850 JYS589840:JYS589850 KIO589840:KIO589850 KSK589840:KSK589850 LCG589840:LCG589850 LMC589840:LMC589850 LVY589840:LVY589850 MFU589840:MFU589850 MPQ589840:MPQ589850 MZM589840:MZM589850 NJI589840:NJI589850 NTE589840:NTE589850 ODA589840:ODA589850 OMW589840:OMW589850 OWS589840:OWS589850 PGO589840:PGO589850 PQK589840:PQK589850 QAG589840:QAG589850 QKC589840:QKC589850 QTY589840:QTY589850 RDU589840:RDU589850 RNQ589840:RNQ589850 RXM589840:RXM589850 SHI589840:SHI589850 SRE589840:SRE589850 TBA589840:TBA589850 TKW589840:TKW589850 TUS589840:TUS589850 UEO589840:UEO589850 UOK589840:UOK589850 UYG589840:UYG589850 VIC589840:VIC589850 VRY589840:VRY589850 WBU589840:WBU589850 WLQ589840:WLQ589850 WVM589840:WVM589850 F655376:F655386 JA655376:JA655386 SW655376:SW655386 ACS655376:ACS655386 AMO655376:AMO655386 AWK655376:AWK655386 BGG655376:BGG655386 BQC655376:BQC655386 BZY655376:BZY655386 CJU655376:CJU655386 CTQ655376:CTQ655386 DDM655376:DDM655386 DNI655376:DNI655386 DXE655376:DXE655386 EHA655376:EHA655386 EQW655376:EQW655386 FAS655376:FAS655386 FKO655376:FKO655386 FUK655376:FUK655386 GEG655376:GEG655386 GOC655376:GOC655386 GXY655376:GXY655386 HHU655376:HHU655386 HRQ655376:HRQ655386 IBM655376:IBM655386 ILI655376:ILI655386 IVE655376:IVE655386 JFA655376:JFA655386 JOW655376:JOW655386 JYS655376:JYS655386 KIO655376:KIO655386 KSK655376:KSK655386 LCG655376:LCG655386 LMC655376:LMC655386 LVY655376:LVY655386 MFU655376:MFU655386 MPQ655376:MPQ655386 MZM655376:MZM655386 NJI655376:NJI655386 NTE655376:NTE655386 ODA655376:ODA655386 OMW655376:OMW655386 OWS655376:OWS655386 PGO655376:PGO655386 PQK655376:PQK655386 QAG655376:QAG655386 QKC655376:QKC655386 QTY655376:QTY655386 RDU655376:RDU655386 RNQ655376:RNQ655386 RXM655376:RXM655386 SHI655376:SHI655386 SRE655376:SRE655386 TBA655376:TBA655386 TKW655376:TKW655386 TUS655376:TUS655386 UEO655376:UEO655386 UOK655376:UOK655386 UYG655376:UYG655386 VIC655376:VIC655386 VRY655376:VRY655386 WBU655376:WBU655386 WLQ655376:WLQ655386 WVM655376:WVM655386 F720912:F720922 JA720912:JA720922 SW720912:SW720922 ACS720912:ACS720922 AMO720912:AMO720922 AWK720912:AWK720922 BGG720912:BGG720922 BQC720912:BQC720922 BZY720912:BZY720922 CJU720912:CJU720922 CTQ720912:CTQ720922 DDM720912:DDM720922 DNI720912:DNI720922 DXE720912:DXE720922 EHA720912:EHA720922 EQW720912:EQW720922 FAS720912:FAS720922 FKO720912:FKO720922 FUK720912:FUK720922 GEG720912:GEG720922 GOC720912:GOC720922 GXY720912:GXY720922 HHU720912:HHU720922 HRQ720912:HRQ720922 IBM720912:IBM720922 ILI720912:ILI720922 IVE720912:IVE720922 JFA720912:JFA720922 JOW720912:JOW720922 JYS720912:JYS720922 KIO720912:KIO720922 KSK720912:KSK720922 LCG720912:LCG720922 LMC720912:LMC720922 LVY720912:LVY720922 MFU720912:MFU720922 MPQ720912:MPQ720922 MZM720912:MZM720922 NJI720912:NJI720922 NTE720912:NTE720922 ODA720912:ODA720922 OMW720912:OMW720922 OWS720912:OWS720922 PGO720912:PGO720922 PQK720912:PQK720922 QAG720912:QAG720922 QKC720912:QKC720922 QTY720912:QTY720922 RDU720912:RDU720922 RNQ720912:RNQ720922 RXM720912:RXM720922 SHI720912:SHI720922 SRE720912:SRE720922 TBA720912:TBA720922 TKW720912:TKW720922 TUS720912:TUS720922 UEO720912:UEO720922 UOK720912:UOK720922 UYG720912:UYG720922 VIC720912:VIC720922 VRY720912:VRY720922 WBU720912:WBU720922 WLQ720912:WLQ720922 WVM720912:WVM720922 F786448:F786458 JA786448:JA786458 SW786448:SW786458 ACS786448:ACS786458 AMO786448:AMO786458 AWK786448:AWK786458 BGG786448:BGG786458 BQC786448:BQC786458 BZY786448:BZY786458 CJU786448:CJU786458 CTQ786448:CTQ786458 DDM786448:DDM786458 DNI786448:DNI786458 DXE786448:DXE786458 EHA786448:EHA786458 EQW786448:EQW786458 FAS786448:FAS786458 FKO786448:FKO786458 FUK786448:FUK786458 GEG786448:GEG786458 GOC786448:GOC786458 GXY786448:GXY786458 HHU786448:HHU786458 HRQ786448:HRQ786458 IBM786448:IBM786458 ILI786448:ILI786458 IVE786448:IVE786458 JFA786448:JFA786458 JOW786448:JOW786458 JYS786448:JYS786458 KIO786448:KIO786458 KSK786448:KSK786458 LCG786448:LCG786458 LMC786448:LMC786458 LVY786448:LVY786458 MFU786448:MFU786458 MPQ786448:MPQ786458 MZM786448:MZM786458 NJI786448:NJI786458 NTE786448:NTE786458 ODA786448:ODA786458 OMW786448:OMW786458 OWS786448:OWS786458 PGO786448:PGO786458 PQK786448:PQK786458 QAG786448:QAG786458 QKC786448:QKC786458 QTY786448:QTY786458 RDU786448:RDU786458 RNQ786448:RNQ786458 RXM786448:RXM786458 SHI786448:SHI786458 SRE786448:SRE786458 TBA786448:TBA786458 TKW786448:TKW786458 TUS786448:TUS786458 UEO786448:UEO786458 UOK786448:UOK786458 UYG786448:UYG786458 VIC786448:VIC786458 VRY786448:VRY786458 WBU786448:WBU786458 WLQ786448:WLQ786458 WVM786448:WVM786458 F851984:F851994 JA851984:JA851994 SW851984:SW851994 ACS851984:ACS851994 AMO851984:AMO851994 AWK851984:AWK851994 BGG851984:BGG851994 BQC851984:BQC851994 BZY851984:BZY851994 CJU851984:CJU851994 CTQ851984:CTQ851994 DDM851984:DDM851994 DNI851984:DNI851994 DXE851984:DXE851994 EHA851984:EHA851994 EQW851984:EQW851994 FAS851984:FAS851994 FKO851984:FKO851994 FUK851984:FUK851994 GEG851984:GEG851994 GOC851984:GOC851994 GXY851984:GXY851994 HHU851984:HHU851994 HRQ851984:HRQ851994 IBM851984:IBM851994 ILI851984:ILI851994 IVE851984:IVE851994 JFA851984:JFA851994 JOW851984:JOW851994 JYS851984:JYS851994 KIO851984:KIO851994 KSK851984:KSK851994 LCG851984:LCG851994 LMC851984:LMC851994 LVY851984:LVY851994 MFU851984:MFU851994 MPQ851984:MPQ851994 MZM851984:MZM851994 NJI851984:NJI851994 NTE851984:NTE851994 ODA851984:ODA851994 OMW851984:OMW851994 OWS851984:OWS851994 PGO851984:PGO851994 PQK851984:PQK851994 QAG851984:QAG851994 QKC851984:QKC851994 QTY851984:QTY851994 RDU851984:RDU851994 RNQ851984:RNQ851994 RXM851984:RXM851994 SHI851984:SHI851994 SRE851984:SRE851994 TBA851984:TBA851994 TKW851984:TKW851994 TUS851984:TUS851994 UEO851984:UEO851994 UOK851984:UOK851994 UYG851984:UYG851994 VIC851984:VIC851994 VRY851984:VRY851994 WBU851984:WBU851994 WLQ851984:WLQ851994 WVM851984:WVM851994 F917520:F917530 JA917520:JA917530 SW917520:SW917530 ACS917520:ACS917530 AMO917520:AMO917530 AWK917520:AWK917530 BGG917520:BGG917530 BQC917520:BQC917530 BZY917520:BZY917530 CJU917520:CJU917530 CTQ917520:CTQ917530 DDM917520:DDM917530 DNI917520:DNI917530 DXE917520:DXE917530 EHA917520:EHA917530 EQW917520:EQW917530 FAS917520:FAS917530 FKO917520:FKO917530 FUK917520:FUK917530 GEG917520:GEG917530 GOC917520:GOC917530 GXY917520:GXY917530 HHU917520:HHU917530 HRQ917520:HRQ917530 IBM917520:IBM917530 ILI917520:ILI917530 IVE917520:IVE917530 JFA917520:JFA917530 JOW917520:JOW917530 JYS917520:JYS917530 KIO917520:KIO917530 KSK917520:KSK917530 LCG917520:LCG917530 LMC917520:LMC917530 LVY917520:LVY917530 MFU917520:MFU917530 MPQ917520:MPQ917530 MZM917520:MZM917530 NJI917520:NJI917530 NTE917520:NTE917530 ODA917520:ODA917530 OMW917520:OMW917530 OWS917520:OWS917530 PGO917520:PGO917530 PQK917520:PQK917530 QAG917520:QAG917530 QKC917520:QKC917530 QTY917520:QTY917530 RDU917520:RDU917530 RNQ917520:RNQ917530 RXM917520:RXM917530 SHI917520:SHI917530 SRE917520:SRE917530 TBA917520:TBA917530 TKW917520:TKW917530 TUS917520:TUS917530 UEO917520:UEO917530 UOK917520:UOK917530 UYG917520:UYG917530 VIC917520:VIC917530 VRY917520:VRY917530 WBU917520:WBU917530 WLQ917520:WLQ917530 WVM917520:WVM917530 F983056:F983066 JA983056:JA983066 SW983056:SW983066 ACS983056:ACS983066 AMO983056:AMO983066 AWK983056:AWK983066 BGG983056:BGG983066 BQC983056:BQC983066 BZY983056:BZY983066 CJU983056:CJU983066 CTQ983056:CTQ983066 DDM983056:DDM983066 DNI983056:DNI983066 DXE983056:DXE983066 EHA983056:EHA983066 EQW983056:EQW983066 FAS983056:FAS983066 FKO983056:FKO983066 FUK983056:FUK983066 GEG983056:GEG983066 GOC983056:GOC983066 GXY983056:GXY983066 HHU983056:HHU983066 HRQ983056:HRQ983066 IBM983056:IBM983066 ILI983056:ILI983066 IVE983056:IVE983066 JFA983056:JFA983066 JOW983056:JOW983066 JYS983056:JYS983066 KIO983056:KIO983066 KSK983056:KSK983066 LCG983056:LCG983066 LMC983056:LMC983066 LVY983056:LVY983066 MFU983056:MFU983066 MPQ983056:MPQ983066 MZM983056:MZM983066 NJI983056:NJI983066 NTE983056:NTE983066 ODA983056:ODA983066 OMW983056:OMW983066 OWS983056:OWS983066 PGO983056:PGO983066 PQK983056:PQK983066 QAG983056:QAG983066 QKC983056:QKC983066 QTY983056:QTY983066 RDU983056:RDU983066 RNQ983056:RNQ983066 RXM983056:RXM983066 SHI983056:SHI983066 SRE983056:SRE983066 TBA983056:TBA983066 TKW983056:TKW983066 TUS983056:TUS983066 UEO983056:UEO983066 UOK983056:UOK983066 UYG983056:UYG983066 VIC983056:VIC983066 VRY983056:VRY983066 WBU983056:WBU983066 WLQ983056:WLQ983066 WVM983056:WVM983066" xr:uid="{E3036FA7-DCB6-49AD-A1E7-00F63A2762AB}">
       <formula1>9</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Profile ID" error="Profile ID is 5-digits" promptTitle="Profile ID" prompt="This text formatted cell requires a complete 5-digit Profile ID_x000a_" sqref="H16:H26" xr:uid="{79DDE129-CC48-42A2-B1C3-48FE10893E38}">
       <formula1>5</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.75" top="1" bottom="0.5" header="0.5" footer="0.25"/>
   <pageSetup scale="54" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Helv,Bold"PROPOSAL PAGE 7</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{159FAEE7-0B67-410E-9536-DA46AEE836EC}">
   <sheetPr transitionEvaluation="1" codeName="Sheet9"/>
   <dimension ref="A1:B17"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A3" zoomScaleNormal="100" zoomScaleSheetLayoutView="55" workbookViewId="0">
-      <selection activeCell="D8" sqref="D8"/>
+    <sheetView showGridLines="0" topLeftCell="B7" zoomScaleNormal="100" zoomScaleSheetLayoutView="55" workbookViewId="0">
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.53515625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.4609375" style="2" customWidth="1"/>
     <col min="2" max="2" width="140.3046875" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="12.53515625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="21.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B1" s="297" t="s">
         <v>2224</v>
       </c>
     </row>
     <row r="2" spans="1:2" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="B2" s="298" t="s">
-        <v>2245</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="3" spans="1:2" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="296"/>
-      <c r="B3" s="521" t="s">
+      <c r="B3" s="359" t="s">
         <v>2231</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="32" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="296"/>
-      <c r="B4" s="522" t="s">
+      <c r="B4" s="360" t="s">
         <v>2232</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="32" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="296"/>
-      <c r="B5" s="521" t="s">
-        <v>2243</v>
+      <c r="B5" s="359" t="s">
+        <v>2242</v>
       </c>
     </row>
     <row r="6" spans="1:2" ht="32" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="296"/>
-      <c r="B6" s="521" t="s">
+      <c r="B6" s="359" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="7" spans="1:2" s="4" customFormat="1" ht="32" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="299"/>
-      <c r="B7" s="521" t="s">
-        <v>2244</v>
+      <c r="B7" s="359" t="s">
+        <v>2243</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="32" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="296"/>
-      <c r="B8" s="521" t="s">
+      <c r="B8" s="359" t="s">
         <v>2234</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="40" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="296"/>
-      <c r="B9" s="521" t="s">
+      <c r="B9" s="359" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="32" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="296"/>
-      <c r="B10" s="521" t="s">
+      <c r="B10" s="359" t="s">
         <v>2236</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="40" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="521" t="s">
+      <c r="B11" s="359" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="32" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B12" s="521" t="s">
+      <c r="B12" s="359" t="s">
         <v>2238</v>
       </c>
     </row>
     <row r="13" spans="1:2" ht="32" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B13" s="521" t="s">
+      <c r="B13" s="359" t="s">
         <v>2239</v>
       </c>
     </row>
     <row r="14" spans="1:2" ht="50" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="296"/>
-      <c r="B14" s="521" t="s">
-        <v>2240</v>
+      <c r="B14" s="359" t="s">
+        <v>2247</v>
       </c>
     </row>
     <row r="15" spans="1:2" ht="40" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="296"/>
-      <c r="B15" s="521" t="s">
-        <v>2241</v>
+      <c r="B15" s="359" t="s">
+        <v>2240</v>
       </c>
     </row>
     <row r="16" spans="1:2" ht="32" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="296"/>
-      <c r="B16" s="521" t="s">
-        <v>2242</v>
+      <c r="B16" s="359" t="s">
+        <v>2241</v>
       </c>
     </row>
     <row r="17" spans="1:2" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="296"/>
-      <c r="B17" s="523"/>
+      <c r="B17" s="361"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <printOptions horizontalCentered="1" gridLinesSet="0"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="50" fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Helv,Bold"PROPOSAL PAGE 1</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="26625" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Checkbox to mark content described in this cell as complete.">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>2</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
@@ -20816,50 +21152,94 @@
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="26645" r:id="rId18" name="Check Box 21">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Checkbox to mark content described in this cell as complete.">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>3</xdr:row>
                     <xdr:rowOff>349250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>381000</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>63500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="26646" r:id="rId19" name="Check Box 22">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Checkbox to mark content described in this cell as complete.">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>1</xdr:col>
+                    <xdr:colOff>76200</xdr:colOff>
+                    <xdr:row>12</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>1</xdr:col>
+                    <xdr:colOff>381000</xdr:colOff>
+                    <xdr:row>13</xdr:row>
+                    <xdr:rowOff>6350</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="26647" r:id="rId20" name="Check Box 23">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="Checkbox to mark content described in this cell as complete.">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>1</xdr:col>
+                    <xdr:colOff>76200</xdr:colOff>
+                    <xdr:row>13</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>1</xdr:col>
+                    <xdr:colOff>381000</xdr:colOff>
+                    <xdr:row>13</xdr:row>
+                    <xdr:rowOff>336550</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B58A472-8CAE-4A5F-90F9-E72FB4EC1E34}">
   <dimension ref="A1:C1017"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="I25" sqref="I25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.84375" style="319" customWidth="1"/>
     <col min="2" max="2" width="4" style="319" customWidth="1"/>
     <col min="3" max="3" width="76.765625" style="319" customWidth="1"/>
     <col min="4" max="16384" width="9.23046875" style="319"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" s="318" t="s">